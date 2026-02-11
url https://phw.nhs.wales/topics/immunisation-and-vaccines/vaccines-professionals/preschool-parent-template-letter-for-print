--- v0 (2026-01-18)
+++ v1 (2026-02-11)
@@ -15,147 +15,147 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1994"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="2161"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidTr="006F0011" w14:paraId="5887E07D" w14:textId="747325E3">
+      <w:tr w:rsidR="003B406F" w:rsidRPr="008351E6" w14:paraId="5887E07D" w14:textId="747325E3" w:rsidTr="006F0011">
         <w:trPr>
           <w:trHeight w:val="9"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF5248"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="00120F21" w:rsidRDefault="003B406F" w14:paraId="74A77D89" w14:textId="77777777">
+          <w:p w14:paraId="74A77D89" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="00120F21">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-170"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Call for action</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FF5248"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="00120F21" w:rsidRDefault="003B406F" w14:paraId="00817299" w14:textId="77777777">
+          <w:p w14:paraId="00817299" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="00120F21">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-170"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidTr="006F0011" w14:paraId="55B71342" w14:textId="51E726E8">
+      <w:tr w:rsidR="003B406F" w:rsidRPr="008351E6" w14:paraId="55B71342" w14:textId="51E726E8" w:rsidTr="006F0011">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="003B406F" w14:paraId="6FBBEEA7" w14:textId="77777777">
+          <w:p w14:paraId="6FBBEEA7" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-1587" w:right="-397"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53AFF3D3" wp14:editId="7AAF1AC9">
@@ -207,95 +207,95 @@
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="003B406F" w14:paraId="5DFD33BF" w14:textId="0971BC81">
+          <w:p w14:paraId="5DFD33BF" w14:textId="0971BC81" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Read this letter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="003B406F" w:rsidRDefault="003B406F" w14:paraId="69EB4138" w14:textId="060D0FA6">
+          <w:p w14:paraId="69EB4138" w14:textId="060D0FA6" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="003B406F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0131FABB" wp14:editId="500E1DEE">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>177165</wp:posOffset>
@@ -331,138 +331,138 @@
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="828675" cy="819150"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:r w:rsidRPr="008351E6" w:rsidR="00E76F4E">
+            <w:r w:rsidR="00E76F4E" w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Scan me f</w:t>
             </w:r>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">or more information about </w:t>
             </w:r>
-            <w:r w:rsidRPr="008351E6" w:rsidR="00471727">
+            <w:r w:rsidR="00471727" w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>vaccinatio</w:t>
             </w:r>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">n and </w:t>
             </w:r>
-            <w:r w:rsidRPr="008351E6" w:rsidR="00471727">
+            <w:r w:rsidR="00471727" w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>immunisation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidDel="003B406F" w:rsidP="003B406F" w:rsidRDefault="003B406F" w14:paraId="2BCC73C4" w14:textId="3A67E489">
+          <w:p w14:paraId="2BCC73C4" w14:textId="3A67E489" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidDel="003B406F" w:rsidRDefault="003B406F" w:rsidP="003B406F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidTr="006F0011" w14:paraId="28732050" w14:textId="479884E3">
+      <w:tr w:rsidR="003B406F" w:rsidRPr="008351E6" w14:paraId="28732050" w14:textId="479884E3" w:rsidTr="006F0011">
         <w:trPr>
           <w:trHeight w:val="842"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="003B406F" w14:paraId="6B6AA1E4" w14:textId="77777777">
+          <w:p w14:paraId="6B6AA1E4" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-1587" w:right="-397"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
@@ -505,138 +505,138 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="276225" cy="276225"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="00037510" w14:paraId="74D19CA3" w14:textId="3E1E0834">
+          <w:p w14:paraId="74D19CA3" w14:textId="3E1E0834" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="00037510" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t>Fill in</w:t>
             </w:r>
-            <w:r w:rsidRPr="008351E6" w:rsidR="003B406F">
+            <w:r w:rsidR="003B406F" w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve"> the form</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="003B406F" w:rsidRDefault="003B406F" w14:paraId="412EDCA5" w14:textId="77777777">
+          <w:p w14:paraId="412EDCA5" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="003B406F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidTr="006F0011" w14:paraId="238D84DE" w14:textId="75D1831A">
+      <w:tr w:rsidR="003B406F" w:rsidRPr="008351E6" w14:paraId="238D84DE" w14:textId="75D1831A" w:rsidTr="006F0011">
         <w:trPr>
           <w:trHeight w:val="674"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="003B406F" w14:paraId="63AB63B8" w14:textId="77777777">
+          <w:p w14:paraId="63AB63B8" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-397"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
@@ -679,2479 +679,2479 @@
                             <a:off x="0" y="0"/>
                             <a:ext cx="381000" cy="381000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidP="006F0011" w:rsidRDefault="003B406F" w14:paraId="212C8F3D" w14:textId="6CDB63D3">
+          <w:p w14:paraId="212C8F3D" w14:textId="6CDB63D3" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidRDefault="003B406F" w:rsidP="006F0011">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008351E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
               <w:t xml:space="preserve">Return the form to your child’s preschool </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="FF5248" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FF5248"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidRPr="008351E6" w:rsidR="003B406F" w:rsidDel="003B406F" w:rsidP="003B406F" w:rsidRDefault="003B406F" w14:paraId="019F7B74" w14:textId="77777777">
+          <w:p w14:paraId="019F7B74" w14:textId="77777777" w:rsidR="003B406F" w:rsidRPr="008351E6" w:rsidDel="003B406F" w:rsidRDefault="003B406F" w:rsidP="003B406F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF5248"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00D00D07" w:rsidP="00233B00" w:rsidRDefault="00D00D07" w14:paraId="2B978939" w14:textId="11491A4D">
+    <w:p w14:paraId="2B978939" w14:textId="11491A4D" w:rsidR="00D00D07" w:rsidRPr="00C17B4E" w:rsidRDefault="00D00D07" w:rsidP="00233B00">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="326"/>
           <w:tab w:val="left" w:pos="2342"/>
           <w:tab w:val="right" w:pos="6416"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:name="_Hlk182494701" w:id="0"/>
+    <w:bookmarkStart w:id="0" w:name="_Hlk182494701"/>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00CB0354" w:rsidP="0097798F" w:rsidRDefault="00000000" w14:paraId="20E85C7F" w14:textId="38F0E03E">
+    <w:p w14:paraId="20E85C7F" w14:textId="38F0E03E" w:rsidR="00CB0354" w:rsidRPr="00C17B4E" w:rsidRDefault="00000000" w:rsidP="0097798F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:id w:val="1220947238"/>
           <w:placeholder>
             <w:docPart w:val="ECC55BF0DCEC4D1FA5C71BACA2D6A5F1"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EB413C" w:rsidR="00EB413C">
+          <w:r w:rsidR="00EB413C" w:rsidRPr="00EB413C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>[DATE]</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00C92C0B">
+      <w:r w:rsidR="00C92C0B" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00D00D07" w14:paraId="0DF05DD8" w14:textId="6B3E55DA">
+    <w:p w14:paraId="0DF05DD8" w14:textId="6B3E55DA" w:rsidR="00EB413C" w:rsidRDefault="00D00D07" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
         </w:rPr>
         <w:t>To parents</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="002067F6">
+      <w:r w:rsidR="002067F6" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
         </w:rPr>
         <w:t xml:space="preserve">guardians of all </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="002067F6">
+      <w:r w:rsidR="002067F6" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
         </w:rPr>
         <w:t xml:space="preserve">preschool </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5248"/>
         </w:rPr>
         <w:t>children</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00F73391" w:rsidP="00EB413C" w:rsidRDefault="00AF660C" w14:paraId="4E1BB370" w14:textId="2FACF341">
+    <w:p w14:paraId="4E1BB370" w14:textId="2FACF341" w:rsidR="00F73391" w:rsidRPr="00EB413C" w:rsidRDefault="00AF660C" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dear parent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B16FA3">
+      <w:r w:rsidR="00B16FA3" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>guardian</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="005777CF" w:rsidP="00EB413C" w:rsidRDefault="00F76D1A" w14:paraId="028E15B9" w14:textId="2973C382">
+    <w:p w14:paraId="028E15B9" w14:textId="2973C382" w:rsidR="005777CF" w:rsidRPr="00EB413C" w:rsidRDefault="00F76D1A" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Getting v</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>accinat</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ed</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is the most important thing we can do to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="008D28DF">
+      <w:r w:rsidR="008D28DF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> help</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> protect ourselves and our children </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="004F5F8D">
+      <w:r w:rsidR="004F5F8D" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="004555C6">
+      <w:r w:rsidR="004555C6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>disease</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="003C5462">
+      <w:r w:rsidR="003C5462" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vaccination saves lives and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D73712">
+      <w:r w:rsidR="00D73712" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> prevent</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="004F5F8D">
+      <w:r w:rsidR="004F5F8D" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00E452B6">
+      <w:r w:rsidR="00E452B6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>up to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00E452B6">
+      <w:r w:rsidR="00E452B6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> million deaths worldwide every year.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="005A0956" w:rsidP="00EB413C" w:rsidRDefault="00FB54A7" w14:paraId="2B978940" w14:textId="0ACE8516">
+    <w:p w14:paraId="2B978940" w14:textId="0ACE8516" w:rsidR="005A0956" w:rsidRPr="00EB413C" w:rsidRDefault="00FB54A7" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">At </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
           <w:id w:val="-1206406840"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00EB413C" w:rsidR="00C92C0B">
+          <w:r w:rsidR="00C92C0B" w:rsidRPr="00EB413C">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>(add school name)</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00C92C0B">
+      <w:r w:rsidR="00C92C0B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00F67594">
+      <w:r w:rsidR="00F67594" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>we</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> expect </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D73712">
+      <w:r w:rsidR="00D73712" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>our children</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D73712">
+      <w:r w:rsidR="00D73712" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>to be</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> up to date with their vaccinations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="006D6D65">
+      <w:r w:rsidR="006D6D65" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to protect themselves and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00DF1C46">
+      <w:r w:rsidR="00DF1C46" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00906748">
+      <w:r w:rsidR="00906748" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="005A0956" w:rsidP="00EB413C" w:rsidRDefault="00B16FA3" w14:paraId="2B978941" w14:textId="14575EBD">
+    <w:p w14:paraId="2B978941" w14:textId="14575EBD" w:rsidR="005A0956" w:rsidRPr="00EB413C" w:rsidRDefault="00B16FA3" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>We have a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00104B4B">
+      <w:r w:rsidR="00104B4B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ttached </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00FF368E">
+      <w:r w:rsidR="00FF368E" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">list of routine </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="004F7E9D">
+      <w:r w:rsidR="004F7E9D" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vaccinations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="003A5BA3">
+      <w:r w:rsidR="003A5BA3" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">recommended for </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">children </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00F224B8">
+      <w:r w:rsidR="00F224B8" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in Wales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="002618F5">
+      <w:r w:rsidR="002618F5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tick </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D938A7">
+      <w:r w:rsidR="00D938A7" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the vaccines your </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">child has had and return the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>filled-in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D938A7">
+      <w:r w:rsidR="00D938A7" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>form to us.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="001B647F">
+      <w:r w:rsidR="001B647F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="005A0956" w:rsidP="00EB413C" w:rsidRDefault="004E28D3" w14:paraId="2B978942" w14:textId="537392C4">
+    <w:p w14:paraId="2B978942" w14:textId="537392C4" w:rsidR="005A0956" w:rsidRPr="00EB413C" w:rsidRDefault="004E28D3" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccines your child has </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">already </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">had </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">should be listed </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="003154D8">
+      <w:r w:rsidR="003154D8" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">their Personal Health Record (Red Book). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00812B63">
+      <w:r w:rsidR="00812B63" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>If it</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="005B4E5E">
+      <w:r w:rsidR="005B4E5E" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00812B63">
+      <w:r w:rsidR="00812B63" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s easier, y</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ou can </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D534B5">
+      <w:r w:rsidR="00D534B5" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>give us</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="004E5A3B">
+      <w:r w:rsidR="004E5A3B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">copy of </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="0051026F">
+      <w:r w:rsidR="0051026F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> immunisation page of the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D2002F">
+      <w:r w:rsidR="00D2002F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Red Book </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00812B63">
+      <w:r w:rsidR="00812B63" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">instead of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B16FA3">
+      <w:r w:rsidR="00B16FA3" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">filling in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00FF3048">
+      <w:r w:rsidR="00FF3048" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00992086">
+      <w:r w:rsidR="00992086" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>checklist</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00E40A7B">
+      <w:r w:rsidR="00E40A7B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="001D50B7" w:rsidP="00554975" w:rsidRDefault="00554975" w14:paraId="35026AA0" w14:textId="1B3270F9">
+    <w:p w14:paraId="35026AA0" w14:textId="1B3270F9" w:rsidR="001D50B7" w:rsidRPr="00C17B4E" w:rsidRDefault="00554975" w:rsidP="00554975">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0086424A">
+      <w:r w:rsidR="0086424A" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="45720" distB="45720" distL="114300" distR="114300" wp14:anchorId="49BC1BB7" wp14:editId="439CBEFD">
                 <wp:extent cx="5276850" cy="685800"/>
                 <wp:effectExtent l="19050" t="19050" r="38100" b="38100"/>
                 <wp:docPr id="981635967" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5276850" cy="685800"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="47625">
                           <a:solidFill>
                             <a:srgbClr val="FF5248"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidRPr="00EB413C" w:rsidR="008141C7" w:rsidP="00EB413C" w:rsidRDefault="00B20194" w14:paraId="2C0BC720" w14:textId="3929CC73">
+                          <w:p w14:paraId="2C0BC720" w14:textId="3929CC73" w:rsidR="008141C7" w:rsidRPr="00EB413C" w:rsidRDefault="00B20194" w:rsidP="00EB413C">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C17B4E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>If you do not know which vaccinations your child has had</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C17B4E" w:rsidR="00AF40B3">
+                            <w:r w:rsidR="00AF40B3" w:rsidRPr="00C17B4E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>,</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C17B4E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> or think </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00C17B4E" w:rsidR="00E46C26">
+                            <w:r w:rsidR="00E46C26" w:rsidRPr="00C17B4E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>they</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C17B4E">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> may have missed a vaccination, ask your health visitor or GP surgery. They can check if your child is up to date and arrange to give any vaccinations that they need.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="49BC1BB7">
+              <v:shapetype w14:anchorId="49BC1BB7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" style="width:415.5pt;height:54pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1026" strokecolor="#ff5248" strokeweight="3.75pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfFK/oEQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RVb0RNV0uXIqRl&#10;QVr4AMdxGgvHY8Zuk/L1jJ1ut1oQDwg/WDMe+3jmzJn1Td8adlToNdiCT0ZjzpSVUGm7L/i3r7s3&#10;K858ELYSBqwq+El5frN5/WrduVxNoQFTKWQEYn3euYI3Ibg8y7xsVCv8CJyyFKwBWxHIxX1WoegI&#10;vTXZdDxeZB1g5RCk8p5O74Yg3yT8ulYyfK5rrwIzBafcQtox7WXcs81a5HsUrtHynIb4hyxaoS19&#10;eoG6E0GwA+rfoFotETzUYSShzaCutVSpBqpmMn5RzWMjnEq1EDneXWjy/w9WPhwf3RdkoX8HPTUw&#10;FeHdPcjvnlnYNsLu1S0idI0SFX08iZRlnfP5+Wmk2uc+gpTdJ6ioyeIQIAH1NbaRFaqTETo14HQh&#10;XfWBSTqcT5eL1ZxCkmJkrcapK5nIn1479OGDgpZFo+BITU3o4njvQ8xG5E9X4mcejK522pjk4L7c&#10;GmRHQQLYpZUKeHHNWNYVfLZcTOcDA3/BmE9nqz9htDqQlI1uC0410BrEFXl7b6sktCC0GWzK2dgz&#10;kZG7gcXQlz1djISWUJ2IUoRBsjRiZDSAPznrSK4F9z8OAhVn5qOltrydzGZR38mZzZdTcvA6Ul5H&#10;hJUEVfDA2WBuQ5qJyJiFW2pfrROzz5mccyUZJsLPIxN1fu2nW8+DvfkFAAD//wMAUEsDBBQABgAI&#10;AAAAIQBEqSnv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EJujZQGgnEs&#10;hxJwoZBL3ULITbG2tom1ci0ltv++217ay8Iww+ybbDe5TtxwCK0nDaulAoFUedtSreHjvXhMQIRo&#10;yJrOE2qYMcAuv7/LTGr9SG94K2MtuIRCajQ0MfaplKFq0Jmw9D0Se59+cCayHGppBzNyuevkk1Ib&#10;6UxL/KExPe4brC7l1Wn4iuvpWJxe95eX5GDbAudxM5daLx6m5y2IiFP8C8MPPqNDzkxnfyUbRKeB&#10;h8Tfy16yXrE8c0glCmSeyf/0+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnxSv6BEC&#10;AAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARKkp&#10;79sAAAAFAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:415.5pt;height:54pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfFK/oEQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/07RVb0RNV0uXIqRl&#10;QVr4AMdxGgvHY8Zuk/L1jJ1ut1oQDwg/WDMe+3jmzJn1Td8adlToNdiCT0ZjzpSVUGm7L/i3r7s3&#10;K858ELYSBqwq+El5frN5/WrduVxNoQFTKWQEYn3euYI3Ibg8y7xsVCv8CJyyFKwBWxHIxX1WoegI&#10;vTXZdDxeZB1g5RCk8p5O74Yg3yT8ulYyfK5rrwIzBafcQtox7WXcs81a5HsUrtHynIb4hyxaoS19&#10;eoG6E0GwA+rfoFotETzUYSShzaCutVSpBqpmMn5RzWMjnEq1EDneXWjy/w9WPhwf3RdkoX8HPTUw&#10;FeHdPcjvnlnYNsLu1S0idI0SFX08iZRlnfP5+Wmk2uc+gpTdJ6ioyeIQIAH1NbaRFaqTETo14HQh&#10;XfWBSTqcT5eL1ZxCkmJkrcapK5nIn1479OGDgpZFo+BITU3o4njvQ8xG5E9X4mcejK522pjk4L7c&#10;GmRHQQLYpZUKeHHNWNYVfLZcTOcDA3/BmE9nqz9htDqQlI1uC0410BrEFXl7b6sktCC0GWzK2dgz&#10;kZG7gcXQlz1djISWUJ2IUoRBsjRiZDSAPznrSK4F9z8OAhVn5qOltrydzGZR38mZzZdTcvA6Ul5H&#10;hJUEVfDA2WBuQ5qJyJiFW2pfrROzz5mccyUZJsLPIxN1fu2nW8+DvfkFAAD//wMAUEsDBBQABgAI&#10;AAAAIQBEqSnv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EJujZQGgnEs&#10;hxJwoZBL3ULITbG2tom1ci0ltv++217ay8Iww+ybbDe5TtxwCK0nDaulAoFUedtSreHjvXhMQIRo&#10;yJrOE2qYMcAuv7/LTGr9SG94K2MtuIRCajQ0MfaplKFq0Jmw9D0Se59+cCayHGppBzNyuevkk1Ib&#10;6UxL/KExPe4brC7l1Wn4iuvpWJxe95eX5GDbAudxM5daLx6m5y2IiFP8C8MPPqNDzkxnfyUbRKeB&#10;h8Tfy16yXrE8c0glCmSeyf/0+TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnxSv6BEC&#10;AAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEARKkp&#10;79sAAAAFAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" strokecolor="#ff5248" strokeweight="3.75pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00EB413C" w:rsidR="008141C7" w:rsidP="00EB413C" w:rsidRDefault="00B20194" w14:paraId="2C0BC720" w14:textId="3929CC73">
+                    <w:p w14:paraId="2C0BC720" w14:textId="3929CC73" w:rsidR="008141C7" w:rsidRPr="00EB413C" w:rsidRDefault="00B20194" w:rsidP="00EB413C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C17B4E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>If you do not know which vaccinations your child has had</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AF40B3">
+                      <w:r w:rsidR="00AF40B3" w:rsidRPr="00C17B4E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>,</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C17B4E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> or think </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00C17B4E" w:rsidR="00E46C26">
+                      <w:r w:rsidR="00E46C26" w:rsidRPr="00C17B4E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>they</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C17B4E">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> may have missed a vaccination, ask your health visitor or GP surgery. They can check if your child is up to date and arrange to give any vaccinations that they need.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EA43E6" w:rsidP="00EB413C" w:rsidRDefault="001D50B7" w14:paraId="7DD31623" w14:textId="60759CDB">
+    <w:p w14:paraId="7DD31623" w14:textId="60759CDB" w:rsidR="00EA43E6" w:rsidRPr="00EB413C" w:rsidRDefault="001D50B7" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Over the past year,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00140CD0">
+      <w:r w:rsidR="00140CD0" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> there </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>have been cases of measles in Wales</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00900A31">
+      <w:r w:rsidR="00900A31" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00A81D75">
+      <w:r w:rsidR="00A81D75" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>parts of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00900A31">
+      <w:r w:rsidR="00900A31" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B16FA3">
+      <w:r w:rsidR="00B16FA3" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00900A31">
+      <w:r w:rsidR="00900A31" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>UK</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Measles spreads very easily and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00E54F1E">
+      <w:r w:rsidR="00E54F1E" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">can lead to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00CF3BEB">
+      <w:r w:rsidR="00CF3BEB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>life-threatening</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00E54F1E">
+      <w:r w:rsidR="00E54F1E" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> illness</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. People, including children</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00FF3048">
+      <w:r w:rsidR="00FF3048" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> can die from measles. The best protection against measles is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2 doses </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B81B90">
+      <w:r w:rsidR="00B81B90" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00EA43E6">
+      <w:r w:rsidR="00EA43E6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00EA43E6">
+      <w:r w:rsidR="00EA43E6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00F4063A">
+      <w:r w:rsidR="00F4063A" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MMR</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00EA43E6">
+      <w:r w:rsidR="00EA43E6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-containing vaccine. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00203336" w:rsidP="00EB413C" w:rsidRDefault="00CC3291" w14:paraId="6747BBF6" w14:textId="6E909F18">
+    <w:p w14:paraId="6747BBF6" w14:textId="6E909F18" w:rsidR="00203336" w:rsidRPr="00EB413C" w:rsidRDefault="00CC3291" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2025 and 2026, changes </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="008A0410">
+      <w:r w:rsidR="008A0410" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">were made </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">to the vaccines recommended for children in Wales. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00901263">
+      <w:r w:rsidR="00901263" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">From 1 January 2026, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00543470">
+      <w:r w:rsidR="00543470" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a new vaccine called </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00543470">
+      <w:r w:rsidR="00543470" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MMRV</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00543470">
+      <w:r w:rsidR="00543470" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="001D04CF">
+      <w:r w:rsidR="001D04CF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>offered as part of the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00543470">
+      <w:r w:rsidR="00543470" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> routine childhood immunisation schedule to help protect against measles, mumps, rubella and chickenpox (varicella) infection. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00BC2AAD" w:rsidP="00EB413C" w:rsidRDefault="006C0EE9" w14:paraId="2498DF60" w14:textId="72D217AB">
+    <w:p w14:paraId="2498DF60" w14:textId="72D217AB" w:rsidR="00BC2AAD" w:rsidRPr="00EB413C" w:rsidRDefault="006C0EE9" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For most children, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007A7AE2">
+      <w:r w:rsidR="007A7AE2" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B72203">
+      <w:r w:rsidR="00B72203" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hickenpox</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007A7AE2">
+      <w:r w:rsidR="007A7AE2" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00203336">
+      <w:r w:rsidR="00203336" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007A7AE2">
+      <w:r w:rsidR="007A7AE2" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mild</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> illnes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00845BCF">
+      <w:r w:rsidR="00845BCF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="008938E8">
+      <w:r w:rsidR="008938E8" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007F043B">
+      <w:r w:rsidR="007F043B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="008938E8">
+      <w:r w:rsidR="008938E8" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00273CEA">
+      <w:r w:rsidR="00273CEA" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>owever</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007F043B">
+      <w:r w:rsidR="007F043B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00273CEA">
+      <w:r w:rsidR="00273CEA" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the risk of serious illness is higher than people used to think.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="007F043B">
+      <w:r w:rsidR="007F043B" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00BC2AAD">
+      <w:r w:rsidR="00BC2AAD" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The introduction of chickenpox vaccine as part of the MMRV will </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00287E08">
+      <w:r w:rsidR="00287E08" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>help stop serio</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00845BCF">
+      <w:r w:rsidR="00845BCF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00287E08">
+      <w:r w:rsidR="00287E08" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s illness </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00845BCF">
+      <w:r w:rsidR="00845BCF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">from chickenpox </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00287E08">
+      <w:r w:rsidR="00287E08" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and save lives.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EF1C54" w:rsidP="00EB413C" w:rsidRDefault="00543470" w14:paraId="43899925" w14:textId="78068EA1">
+    <w:p w14:paraId="43899925" w14:textId="78068EA1" w:rsidR="00EF1C54" w:rsidRPr="00EB413C" w:rsidRDefault="00543470" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The MMRV vaccine is given to babies free of charge by the NHS as part their routine childhood vaccinations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00336D5C">
+      <w:r w:rsidR="00336D5C" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00047851">
+      <w:r w:rsidR="00047851" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00336D5C">
+      <w:r w:rsidR="00336D5C" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>January 2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="006D0121">
+      <w:r w:rsidR="006D0121" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The first dose is given to babies when they are 12 months old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D33339">
+      <w:r w:rsidR="00D33339" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and t</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">he second dose </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D33339">
+      <w:r w:rsidR="00D33339" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>18 months old</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00EF1C54">
+      <w:r w:rsidR="00EF1C54" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The MMRV vaccine is also given to some eligible</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00CF3BEB">
+      <w:r w:rsidR="00CF3BEB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> older</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> children </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00A01A7D">
+      <w:r w:rsidR="00A01A7D" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>up to 6 years old</w:t>
       </w:r>
       <w:r w:rsidR="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00A01A7D">
+      <w:r w:rsidR="00A01A7D" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">depending on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00001780">
+      <w:r w:rsidR="00001780" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>whether</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> they</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00001780">
+      <w:r w:rsidR="00001780" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> have</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> had chickenpox infection or the chickenpox vaccine in the past. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00551BC6" w:rsidP="00EB413C" w:rsidRDefault="00551BC6" w14:paraId="400BCC97" w14:textId="3581369E">
+    <w:p w14:paraId="400BCC97" w14:textId="3581369E" w:rsidR="00551BC6" w:rsidRPr="00EB413C" w:rsidRDefault="00551BC6" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MMR</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccine is still available</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00111A0A">
+      <w:r w:rsidR="00111A0A" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> children </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00001780">
+      <w:r w:rsidR="00001780" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>aged 6 years and older</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00C479CF">
+      <w:r w:rsidR="00C479CF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00607C91">
+      <w:r w:rsidR="00607C91" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> adults who have missed one or both doses of an MMR vaccine</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00111A0A">
+      <w:r w:rsidR="00111A0A" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and are </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>not eligible for the MMRV vaccine.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00323BFC" w:rsidP="00EB413C" w:rsidRDefault="00D95460" w14:paraId="2B978945" w14:textId="44790957">
+    <w:p w14:paraId="2B978945" w14:textId="44790957" w:rsidR="00323BFC" w:rsidRPr="00C17B4E" w:rsidRDefault="00D95460" w:rsidP="00EB413C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Find </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">more information about the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">MMRV and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>MMR vaccine</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00551BC6">
+      <w:r w:rsidR="00551BC6" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00D824FB">
+      <w:r w:rsidR="00D824FB" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId19">
-        <w:r w:rsidRPr="00EB413C" w:rsidR="000B1278">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="000B1278" w:rsidRPr="00EB413C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>phw.nhs.wales/MMRV-MMR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00C479CF">
+      <w:r w:rsidR="00C479CF" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>about</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B0577F">
+      <w:r w:rsidR="00B0577F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00601E01">
+      <w:r w:rsidR="00601E01" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00B0577F">
+      <w:r w:rsidR="00B0577F" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">changes to the childhood </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="008F6F4E">
+      <w:r w:rsidR="008F6F4E" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vaccination programme</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB413C" w:rsidR="00CC3291">
+      <w:r w:rsidR="00CC3291" w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId20">
-        <w:r w:rsidRPr="00EB413C" w:rsidR="00CC3291">
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00CC3291" w:rsidRPr="00EB413C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>phw.nhs.wales/vaccines/ccs-information-for-public</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00E334E4" w:rsidP="00E565D1" w:rsidRDefault="00AF660C" w14:paraId="5FED4583" w14:textId="4AA80130">
+    <w:p w14:paraId="5FED4583" w14:textId="4AA80130" w:rsidR="00E334E4" w:rsidRPr="00EB413C" w:rsidRDefault="00AF660C" w:rsidP="00E565D1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Yours faithfully</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00E334E4" w:rsidP="00510D8A" w:rsidRDefault="00000000" w14:paraId="6D599FA7" w14:textId="1FCC90F5">
+    <w:p w14:paraId="6D599FA7" w14:textId="1FCC90F5" w:rsidR="00E334E4" w:rsidRPr="00C17B4E" w:rsidRDefault="00000000" w:rsidP="00510D8A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3233"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1323896072"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:highlight w:val="yellow"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidRPr="00C17B4E" w:rsidR="00C92C0B">
+          <w:r w:rsidR="00C92C0B" w:rsidRPr="00C17B4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>[Add name and sign off position]</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00031AA3">
+      <w:r w:rsidR="00031AA3" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="008351E6" w:rsidR="00994195" w:rsidP="00233B00" w:rsidRDefault="00994195" w14:paraId="5F892392" w14:textId="77777777">
+    <w:p w14:paraId="5F892392" w14:textId="77777777" w:rsidR="00994195" w:rsidRPr="008351E6" w:rsidRDefault="00994195" w:rsidP="00233B00">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB413C" w:rsidP="006F0011" w:rsidRDefault="00EB413C" w14:paraId="00820384" w14:textId="77777777">
+    <w:p w14:paraId="00820384" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="006F0011">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00EB413C" w:rsidP="006F0011" w:rsidRDefault="00EB413C" w14:paraId="48FFC541" w14:textId="77777777">
+    <w:p w14:paraId="48FFC541" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00C17B4E" w:rsidRDefault="00EB413C" w:rsidP="006F0011">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="0031631C" w:rsidP="006F0011" w:rsidRDefault="0023245E" w14:paraId="5CCC4C7F" w14:textId="10E55522">
+    <w:p w14:paraId="5CCC4C7F" w14:textId="10E55522" w:rsidR="0031631C" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E" w:rsidP="006F0011">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
         </w:rPr>
         <w:t xml:space="preserve">Routine </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00277990">
+      <w:r w:rsidR="00277990" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
         </w:rPr>
         <w:t xml:space="preserve">childhood </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="004F7E9D">
+      <w:r w:rsidR="004F7E9D" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
         </w:rPr>
         <w:t>vaccinations</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF5548"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Wales </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00277990" w:rsidRDefault="00277990" w14:paraId="28CD32D1" w14:textId="00549C7B">
+    <w:p w14:paraId="28CD32D1" w14:textId="00549C7B" w:rsidR="00277990" w:rsidRPr="00C17B4E" w:rsidRDefault="00277990">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Please tick which vaccinations your child has had and return the form to us</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0087416C">
+      <w:r w:rsidR="0087416C" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>or provide a copy of the immunisation page of your child’s Red Book.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="003E2594" w:rsidP="00C54506" w:rsidRDefault="00730C08" w14:paraId="70A8E51A" w14:textId="3512D962">
+    <w:p w14:paraId="70A8E51A" w14:textId="3512D962" w:rsidR="003E2594" w:rsidRPr="00C17B4E" w:rsidRDefault="00730C08" w:rsidP="00C54506">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Please note that changes to the childhood </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00582250">
+      <w:r w:rsidR="00582250" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">immunisation </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="005838C7">
+      <w:r w:rsidR="005838C7" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">schedule </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00A01768">
+      <w:r w:rsidR="00A01768" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="005838C7">
+      <w:r w:rsidR="005838C7" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>July 202</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00A35DBA">
+      <w:r w:rsidR="00A35DBA" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00A01768">
+      <w:r w:rsidR="00A01768" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and January 2026 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mean that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="003E2594">
+      <w:r w:rsidR="003E2594" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">some </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="001A31EB">
+      <w:r w:rsidR="001A31EB" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>child</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="003E2594">
+      <w:r w:rsidR="003E2594" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ren</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="001A31EB">
+      <w:r w:rsidR="001A31EB" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="001A31EB">
+      <w:r w:rsidR="001A31EB" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">have </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="002025D4">
+      <w:r w:rsidR="002025D4" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>had</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="001A31EB">
+      <w:r w:rsidR="001A31EB" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>certain</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="001A31EB">
+      <w:r w:rsidR="001A31EB" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaccines at different age</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="006E0C1B">
+      <w:r w:rsidR="006E0C1B" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> depending on</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> their</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="006E0C1B">
+      <w:r w:rsidR="006E0C1B" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> date of birth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="002E1672">
+      <w:r w:rsidR="002E1672" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00E24BDF">
+      <w:r w:rsidR="00E24BDF" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To see the complete list of immunisations recommended for children in Wales, go to </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidRPr="00C17B4E" w:rsidR="00C54506">
+        <w:r w:rsidR="00C54506" w:rsidRPr="00C17B4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>phw.nhs.wales/</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="00C17B4E" w:rsidR="00C54506">
+        <w:r w:rsidR="00C54506" w:rsidRPr="00C17B4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>CompleteSchedule</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00EB413C" w:rsidP="00C54506" w:rsidRDefault="00EB413C" w14:paraId="53534228" w14:textId="77777777">
+    <w:p w14:paraId="53534228" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00C17B4E" w:rsidRDefault="00EB413C" w:rsidP="00C54506">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="002A1E0B" w:rsidRDefault="00BF01A1" w14:paraId="434C45AF" w14:textId="3C32FDE5">
+    <w:p w14:paraId="434C45AF" w14:textId="3C32FDE5" w:rsidR="002A1E0B" w:rsidRPr="00C17B4E" w:rsidRDefault="00BF01A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58460620" wp14:editId="16E742F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3370568</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>117475</wp:posOffset>
                 </wp:positionV>
@@ -3177,4385 +3177,4319 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="1">
                           <a:schemeClr val="dk1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="dk1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 1" style="position:absolute;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:spid="_x0000_s1026" strokecolor="black [3040]" from="265.4pt,9.25pt" to="423.15pt,9.25pt" w14:anchorId="19A9C4C7" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF2ulhqAEAAK8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b31GmReERN7+JWsEFw&#10;xeMDfJ1xY+GXPKZJ/p6x06YIEEKIzcSPOWfmHE/2d5Oz7AwJTfAd324azsCr0Bt/6viXz2+eveIM&#10;s/S9tMFDx2dAfnd4+mQ/xhZ2YQi2h8SIxGM7xo4POcdWCFQDOImbEMHTpQ7JyUzbdBJ9kiOxOyt2&#10;TfNCjCH1MQUFiHR6XC75ofJrDSp/0BohM9tx6i3XmGp8LFEc9rI9JRkHoy5tyH/owknjqehKdZRZ&#10;sm/J/ELljEoBg84bFZwIWhsFVQOp2TY/qfk0yAhVC5mDcbUJ/x+ten++9w+JbBgjthgfUlEx6eTK&#10;l/pjUzVrXs2CKTNFh+T+85e715yp6524AWPC/BaCY2XRcWt80SFbeX6HmYpR6jWlHFtfYjk5ShzY&#10;WdJr4YzHkMsDUXJJELcO6yrPFhbwR9DM9NTTthapwwP3Ni1E/dftykKZBaKNtSuo+TPokltgUAfq&#10;b4Frdq0YfF6BzviQflc1T9dW9ZJ/Vb1oLbIfQz/X96p20FRUfy4TXMbux32F3/6zw3cAAAD//wMA&#10;UEsDBBQABgAIAAAAIQCmz76S3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyD&#10;tUjcqN2EVlGIU1VFCJUThHJ3482PGq8j223C22PEgR5nZzTzbbGZzcAu6HxvScJyIYAh1Vb31Eo4&#10;fL48ZMB8UKTVYAklfKOHTXl7U6hc24k+8FKFlsUS8rmS0IUw5pz7ukOj/MKOSNFrrDMqROlarp2a&#10;YrkZeCLEmhvVU1zo1Ii7DutTdTYS0nf32rx9Jfumnprt/iCqZ0p2Ut7fzdsnYAHn8B+GX/yIDmVk&#10;Otozac8GCatURPQQjWwFLAayx3UK7Ph34GXBrz8ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCF2ulhqAEAAK8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCmz76S3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAADAUAAAAA&#10;">
+              <v:line w14:anchorId="19A9C4C7" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="265.4pt,9.25pt" to="423.15pt,9.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF2ulhqAEAAK8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu0zAQ3SPxD5b31GmReERN7+JWsEFw&#10;xeMDfJ1xY+GXPKZJ/p6x06YIEEKIzcSPOWfmHE/2d5Oz7AwJTfAd324azsCr0Bt/6viXz2+eveIM&#10;s/S9tMFDx2dAfnd4+mQ/xhZ2YQi2h8SIxGM7xo4POcdWCFQDOImbEMHTpQ7JyUzbdBJ9kiOxOyt2&#10;TfNCjCH1MQUFiHR6XC75ofJrDSp/0BohM9tx6i3XmGp8LFEc9rI9JRkHoy5tyH/owknjqehKdZRZ&#10;sm/J/ELljEoBg84bFZwIWhsFVQOp2TY/qfk0yAhVC5mDcbUJ/x+ten++9w+JbBgjthgfUlEx6eTK&#10;l/pjUzVrXs2CKTNFh+T+85e715yp6524AWPC/BaCY2XRcWt80SFbeX6HmYpR6jWlHFtfYjk5ShzY&#10;WdJr4YzHkMsDUXJJELcO6yrPFhbwR9DM9NTTthapwwP3Ni1E/dftykKZBaKNtSuo+TPokltgUAfq&#10;b4Frdq0YfF6BzviQflc1T9dW9ZJ/Vb1oLbIfQz/X96p20FRUfy4TXMbux32F3/6zw3cAAAD//wMA&#10;UEsDBBQABgAIAAAAIQCmz76S3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyD&#10;tUjcqN2EVlGIU1VFCJUThHJ3482PGq8j223C22PEgR5nZzTzbbGZzcAu6HxvScJyIYAh1Vb31Eo4&#10;fL48ZMB8UKTVYAklfKOHTXl7U6hc24k+8FKFlsUS8rmS0IUw5pz7ukOj/MKOSNFrrDMqROlarp2a&#10;YrkZeCLEmhvVU1zo1Ii7DutTdTYS0nf32rx9Jfumnprt/iCqZ0p2Ut7fzdsnYAHn8B+GX/yIDmVk&#10;Otozac8GCatURPQQjWwFLAayx3UK7Ph34GXBrz8ofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCF2ulhqAEAAK8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCmz76S3QAAAAkBAAAPAAAAAAAAAAAAAAAAAAIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAADAUAAAAA&#10;" strokecolor="black [3040]">
                 <v:stroke dashstyle="1 1"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0023245E">
+      <w:r w:rsidR="0023245E" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Child</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00C02E17">
+      <w:r w:rsidR="00C02E17" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0023245E">
+      <w:r w:rsidR="0023245E" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s name</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00347404">
+      <w:r w:rsidR="00347404" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB413C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0023245E">
+      <w:r w:rsidR="0023245E" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>birth</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00347404">
+      <w:r w:rsidR="00347404" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00AA6B34">
+      <w:r w:rsidR="00AA6B34" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                               </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2210"/>
         <w:gridCol w:w="3881"/>
         <w:gridCol w:w="2172"/>
         <w:gridCol w:w="2193"/>
       </w:tblGrid>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00A11F13" w:rsidTr="60B162C8" w14:paraId="2B978956" w14:textId="77777777">
+      <w:tr w:rsidR="00A11F13" w:rsidRPr="008351E6" w14:paraId="2B978956" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="005A0956" w:rsidP="00131D41" w:rsidRDefault="00506699" w14:paraId="2B978952" w14:textId="5702507D">
+          </w:tcPr>
+          <w:p w14:paraId="2B978952" w14:textId="5702507D" w:rsidR="005A0956" w:rsidRPr="00C17B4E" w:rsidRDefault="00506699" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="0023245E">
+            <w:r w:rsidR="0023245E" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="006A30CA">
+            <w:r w:rsidR="006A30CA" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> vaccine given</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="003341F7" w:rsidRDefault="0023245E" w14:paraId="2B978953" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2B978953" w14:textId="77777777" w:rsidR="003341F7" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diseases protected against</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="003341F7" w:rsidRDefault="0023245E" w14:paraId="2B978954" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2B978954" w14:textId="77777777" w:rsidR="003341F7" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vaccines given</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="003341F7" w:rsidP="00EF6ED3" w:rsidRDefault="0023245E" w14:paraId="2B978955" w14:textId="1993CCE2">
+          </w:tcPr>
+          <w:p w14:paraId="2B978955" w14:textId="1993CCE2" w:rsidR="003341F7" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E" w:rsidP="00EF6ED3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please tick</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00160A26">
+            <w:r w:rsidR="00160A26" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>give date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00CF6E6E">
+            <w:r w:rsidR="00CF6E6E" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of vaccination</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> if known</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00A11F13" w:rsidTr="60B162C8" w14:paraId="2B97895E" w14:textId="77777777">
+      <w:tr w:rsidR="00A11F13" w:rsidRPr="008351E6" w14:paraId="2B97895E" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidP="00131D41" w:rsidRDefault="002A2158" w14:paraId="2B978957" w14:textId="07000CBC">
+          </w:tcPr>
+          <w:p w14:paraId="2B978957" w14:textId="07000CBC" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="002A2158" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8 weeks old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="0023245E" w14:paraId="2B978958" w14:textId="62D8E6E6">
+          </w:tcPr>
+          <w:p w14:paraId="2B978958" w14:textId="62D8E6E6" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diphtheria, tetanus, pe</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00103C0C">
+            <w:r w:rsidR="00103C0C" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rtussis (whooping cough), polio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="006B6DBC">
+            <w:r w:rsidR="006B6DBC" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="004C26ED">
+            <w:r w:rsidR="004C26ED" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>aemophilus influenzae</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> type b (Hib)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="006B6DBC">
+            <w:r w:rsidR="006B6DBC" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and hepatitis B</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B978959" w14:textId="77777777">
+          <w:p w14:paraId="2B978959" w14:textId="77777777" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00832267" w:rsidRDefault="0023245E" w14:paraId="206E036C" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="206E036C" w14:textId="77777777" w:rsidR="00832267" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="006B6DBC">
+            <w:r w:rsidR="006B6DBC" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/HepB</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00832267">
+            <w:r w:rsidR="00832267" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00832267" w14:paraId="2B97895A" w14:textId="6D52E6D2">
+          <w:p w14:paraId="2B97895A" w14:textId="6D52E6D2" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00832267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(6-in-1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B97895B" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B97895C" w14:textId="77777777">
+          <w:p w14:paraId="2B97895B" w14:textId="77777777" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B97895C" w14:textId="77777777" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B97895D" w14:textId="5D29C734">
+          </w:tcPr>
+          <w:p w14:paraId="2B97895D" w14:textId="5D29C734" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00A11F13" w:rsidTr="60B162C8" w14:paraId="2B978963" w14:textId="77777777">
+      <w:tr w:rsidR="00A11F13" w:rsidRPr="008351E6" w14:paraId="2B978963" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B97895F" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B97895F" w14:textId="77777777" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidP="003857F7" w:rsidRDefault="000A305E" w14:paraId="2B978960" w14:textId="361EE59D">
+          </w:tcPr>
+          <w:p w14:paraId="2B978960" w14:textId="361EE59D" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="000A305E" w:rsidP="003857F7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Meningococcal group B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="000A305E" w14:paraId="2B978961" w14:textId="705EB07E">
+          </w:tcPr>
+          <w:p w14:paraId="2B978961" w14:textId="705EB07E" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="000A305E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B978962" w14:textId="26CBEFBB">
+          </w:tcPr>
+          <w:p w14:paraId="2B978962" w14:textId="26CBEFBB" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00A11F13" w:rsidTr="60B162C8" w14:paraId="2B978968" w14:textId="77777777">
+      <w:tr w:rsidR="00A11F13" w:rsidRPr="008351E6" w14:paraId="2B978968" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B978964" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B978964" w14:textId="77777777" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidP="003857F7" w:rsidRDefault="000A305E" w14:paraId="2B978965" w14:textId="09DC9F46">
+          </w:tcPr>
+          <w:p w14:paraId="2B978965" w14:textId="09DC9F46" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="000A305E" w:rsidP="003857F7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rotavirus gastroenteritis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidP="00CA3B3C" w:rsidRDefault="000A305E" w14:paraId="2B978966" w14:textId="3DBC37E1">
+          </w:tcPr>
+          <w:p w14:paraId="2B978966" w14:textId="3DBC37E1" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="000A305E" w:rsidP="00CA3B3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rotavirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w14:paraId="2B978967" w14:textId="78B8AA9A">
+          </w:tcPr>
+          <w:p w14:paraId="2B978967" w14:textId="78B8AA9A" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00A11F13" w:rsidTr="60B162C8" w14:paraId="2B978971" w14:textId="77777777">
+      <w:tr w:rsidR="00A11F13" w:rsidRPr="008351E6" w14:paraId="2B978971" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidP="00131D41" w:rsidRDefault="008657BC" w14:paraId="2B978969" w14:textId="4BDCA6DF">
+          </w:tcPr>
+          <w:p w14:paraId="2B978969" w14:textId="4BDCA6DF" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12 weeks old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidP="006B6DBC" w:rsidRDefault="008657BC" w14:paraId="2B97896A" w14:textId="5A5B8CA1">
+          </w:tcPr>
+          <w:p w14:paraId="2B97896A" w14:textId="5A5B8CA1" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC" w:rsidP="006B6DBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diphtheria, tetanus, pertussis (whooping cough), polio, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>haemophilus influenzae</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> type b (Hib) and hepatitis B </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="008657BC" w14:paraId="2B97896B" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="008657BC" w14:paraId="2B97896C" w14:textId="77777777">
+          <w:p w14:paraId="2B97896B" w14:textId="77777777" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B97896C" w14:textId="77777777" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="008657BC" w14:paraId="2B97896D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2B97896D" w14:textId="77777777" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/HepB</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="00832267" w14:paraId="2B97896E" w14:textId="692056EF">
+          <w:p w14:paraId="2B97896E" w14:textId="692056EF" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="00832267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(6-in-1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="008657BC" w14:paraId="2B97896F" w14:textId="77777777">
+          <w:p w14:paraId="2B97896F" w14:textId="77777777" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="008657BC" w:rsidRDefault="008657BC" w14:paraId="2B978970" w14:textId="5F75D5B2">
+          </w:tcPr>
+          <w:p w14:paraId="2B978970" w14:textId="5F75D5B2" w:rsidR="008657BC" w:rsidRPr="00C17B4E" w:rsidRDefault="008657BC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00CC3CC4" w:rsidTr="60B162C8" w14:paraId="3C2C841C" w14:textId="77777777">
+      <w:tr w:rsidR="00CC3CC4" w:rsidRPr="008351E6" w14:paraId="3C2C841C" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="00131D41" w:rsidRDefault="00CC3CC4" w14:paraId="757BF1F2" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="757BF1F2" w14:textId="77777777" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="006B6DBC" w:rsidRDefault="00CC3CC4" w14:paraId="2EFDB6E5" w14:textId="5FF7A219">
+          </w:tcPr>
+          <w:p w14:paraId="2EFDB6E5" w14:textId="5FF7A219" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="006B6DBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rotavirus gastroenteritis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidRDefault="00CC3CC4" w14:paraId="565E2AE9" w14:textId="23779C49">
+          </w:tcPr>
+          <w:p w14:paraId="565E2AE9" w14:textId="23779C49" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rotavirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidRDefault="00CC3CC4" w14:paraId="75A0FD90" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="75A0FD90" w14:textId="77777777" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00CC3CC4" w:rsidTr="60B162C8" w14:paraId="49E27A4A" w14:textId="77777777">
+      <w:tr w:rsidR="00CC3CC4" w:rsidRPr="008351E6" w14:paraId="49E27A4A" w14:textId="77777777" w:rsidTr="001203B9">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00131D41" w:rsidRDefault="00D07C36" w14:paraId="7FDE0594" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDE0594" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00B5313B" w:rsidRDefault="00D07C36" w14:paraId="03890890" w14:textId="0208EA5A">
+          </w:tcPr>
+          <w:p w14:paraId="03890890" w14:textId="0208EA5A" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Your child may have had:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00D74561" w:rsidRDefault="00D07C36" w14:paraId="3B1A314A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3B1A314A" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00D74561">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...13 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="76E1A777" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00CC3CC4" w:rsidTr="60B162C8" w14:paraId="4C48AF68" w14:textId="77777777">
+      <w:tr w:rsidR="00CC3CC4" w:rsidRPr="008351E6" w14:paraId="4C48AF68" w14:textId="77777777" w:rsidTr="001203B9">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00131D41" w:rsidRDefault="00D07C36" w14:paraId="324F72FB" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="324F72FB" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00B5313B" w:rsidRDefault="00D07C36" w14:paraId="2CFAC2FA" w14:textId="048E6FD0">
+          </w:tcPr>
+          <w:p w14:paraId="2CFAC2FA" w14:textId="048E6FD0" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pneumococcal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00D07C36" w:rsidRDefault="00D07C36" w14:paraId="38FD818D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="38FD818D" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00D07C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PCV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00D74561" w:rsidRDefault="00D07C36" w14:paraId="2B16C8B6" w14:textId="77777777">
+          <w:p w14:paraId="2B16C8B6" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00D74561">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidRDefault="00D07C36" w14:paraId="241ECA6E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="241ECA6E" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00CC3CC4" w:rsidTr="60B162C8" w14:paraId="7A68E143" w14:textId="77777777">
+      <w:tr w:rsidR="00CC3CC4" w:rsidRPr="008351E6" w14:paraId="7A68E143" w14:textId="77777777" w:rsidTr="001203B9">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00131D41" w:rsidRDefault="00D07C36" w14:paraId="2751F17E" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2751F17E" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00B5313B" w:rsidRDefault="00D07C36" w14:paraId="0DAA3DC0" w14:textId="7DB5B0B1">
+          </w:tcPr>
+          <w:p w14:paraId="0DAA3DC0" w14:textId="7DB5B0B1" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00D07C36" w:rsidRDefault="00D07C36" w14:paraId="570FB375" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="570FB375" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00D07C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-              <w:contextualSpacing w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="10647F00" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00CC3CC4" w:rsidTr="60B162C8" w14:paraId="2B978976" w14:textId="77777777">
+      <w:tr w:rsidR="00CC3CC4" w:rsidRPr="008351E6" w14:paraId="2B978976" w14:textId="77777777" w:rsidTr="001203B9">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="00131D41" w:rsidRDefault="00CC3CC4" w14:paraId="2B978972" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B978972" w14:textId="77777777" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="003857F7" w:rsidRDefault="00CC3CC4" w14:paraId="2B978973" w14:textId="7CB271C3">
+          </w:tcPr>
+          <w:p w14:paraId="2B978973" w14:textId="7CB271C3" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="003857F7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Meningococcal group B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="00D74561" w:rsidRDefault="00CC3CC4" w14:paraId="12E1EA6E" w14:textId="3E850B9D">
+          </w:tcPr>
+          <w:p w14:paraId="12E1EA6E" w14:textId="3E850B9D" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="00D74561">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C17B4E" w:rsidDel="00D07C36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidP="00336D5C" w:rsidRDefault="00CC3CC4" w14:paraId="2B978974" w14:textId="1D4D8D01">
+          <w:p w14:paraId="2B978974" w14:textId="1D4D8D01" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4" w:rsidP="00336D5C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00CC3CC4" w:rsidRDefault="00CC3CC4" w14:paraId="2B978975" w14:textId="46940254">
+          </w:tcPr>
+          <w:p w14:paraId="2B978975" w14:textId="46940254" w:rsidR="00CC3CC4" w:rsidRPr="00C17B4E" w:rsidRDefault="00CC3CC4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00B5313B" w:rsidTr="60B162C8" w14:paraId="2B978984" w14:textId="77777777">
+      <w:tr w:rsidR="00B5313B" w:rsidRPr="008351E6" w14:paraId="2B978984" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="845"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00131D41" w:rsidRDefault="00B5313B" w14:paraId="2B97897C" w14:textId="36F4D215">
+          </w:tcPr>
+          <w:p w14:paraId="2B97897C" w14:textId="36F4D215" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00131D41">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16 weeks old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="006B6DBC" w:rsidRDefault="00B5313B" w14:paraId="2B97897D" w14:textId="18CCA2E5">
+          </w:tcPr>
+          <w:p w14:paraId="2B97897D" w14:textId="18CCA2E5" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="006B6DBC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diphtheria, tetanus, pertussis (whooping cough), polio, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>haemophilus influenzae</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> type b (Hib) and hepatitis B </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B97897E" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B97897F" w14:textId="77777777">
+          <w:p w14:paraId="2B97897E" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B97897F" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B978980" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="2B978980" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/HepB</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B978981" w14:textId="0363B1C7">
+          <w:p w14:paraId="2B978981" w14:textId="0363B1C7" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(6-in-1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B978982" w14:textId="77777777">
+          <w:p w14:paraId="2B978982" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B978983" w14:textId="6696A304">
+          </w:tcPr>
+          <w:p w14:paraId="2B978983" w14:textId="6696A304" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00D07C36" w:rsidTr="60B162C8" w14:paraId="7767F3A2" w14:textId="77777777">
+      <w:tr w:rsidR="00D07C36" w:rsidRPr="008351E6" w14:paraId="7767F3A2" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidRDefault="00D07C36" w14:paraId="400D53C9" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="400D53C9" w14:textId="77777777" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D07C36" w:rsidP="00341332" w:rsidRDefault="00D07C36" w14:paraId="7C197344" w14:textId="36E614EB">
+          </w:tcPr>
+          <w:p w14:paraId="7C197344" w14:textId="36E614EB" w:rsidR="00D07C36" w:rsidRPr="00C17B4E" w:rsidRDefault="00D07C36" w:rsidP="00341332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Your child may have had:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00390E87" w:rsidTr="60B162C8" w14:paraId="7C77E19E" w14:textId="77777777">
+      <w:tr w:rsidR="00390E87" w:rsidRPr="008351E6" w14:paraId="7C77E19E" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00390E87" w:rsidRDefault="00390E87" w14:paraId="43273B16" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43273B16" w14:textId="77777777" w:rsidR="00390E87" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00390E87" w:rsidP="00390E87" w:rsidRDefault="00390E87" w14:paraId="53129115" w14:textId="34663FF5">
+          </w:tcPr>
+          <w:p w14:paraId="53129115" w14:textId="34663FF5" w:rsidR="00390E87" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87" w:rsidP="00390E87">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Meningococcal group B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00390E87" w:rsidP="00390E87" w:rsidRDefault="00390E87" w14:paraId="1BA1DC3D" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1BA1DC3D" w14:textId="77777777" w:rsidR="00390E87" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87" w:rsidP="00390E87">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00390E87" w:rsidP="00CA3B3C" w:rsidRDefault="00390E87" w14:paraId="0A54C785" w14:textId="77777777">
+          <w:p w14:paraId="0A54C785" w14:textId="77777777" w:rsidR="00390E87" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87" w:rsidP="00CA3B3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00390E87" w:rsidP="00341332" w:rsidRDefault="00390E87" w14:paraId="7176FA94" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7176FA94" w14:textId="77777777" w:rsidR="00390E87" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87" w:rsidP="00341332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00B5313B" w:rsidTr="60B162C8" w14:paraId="2B978989" w14:textId="77777777">
+      <w:tr w:rsidR="00B5313B" w:rsidRPr="008351E6" w14:paraId="2B978989" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="2B978985" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B978985" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00B5313B" w:rsidRDefault="00390E87" w14:paraId="2B978986" w14:textId="2749003C">
+          </w:tcPr>
+          <w:p w14:paraId="2B978986" w14:textId="2749003C" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00390E87" w:rsidP="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Or</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E" w:rsidDel="00390E87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00CA3B3C" w:rsidRDefault="00B5313B" w14:paraId="2B978987" w14:textId="3FB82E40">
+          </w:tcPr>
+          <w:p w14:paraId="48E6829C" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00CA3B3C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B978987" w14:textId="3FB82E40" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00CA3B3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00341332" w:rsidRDefault="00B5313B" w14:paraId="2B978988" w14:textId="3BF8B1B6">
+          </w:tcPr>
+          <w:p w14:paraId="2B978988" w14:textId="3BF8B1B6" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00341332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00B5313B" w:rsidTr="60B162C8" w14:paraId="49D66E7F" w14:textId="77777777">
+      <w:tr w:rsidR="00B5313B" w:rsidRPr="008351E6" w14:paraId="49D66E7F" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidRDefault="00B5313B" w14:paraId="3824CA29" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3824CA29" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00C11E75" w:rsidRDefault="00B5313B" w14:paraId="766C54AB" w14:textId="3ABF19E4">
+          </w:tcPr>
+          <w:p w14:paraId="766C54AB" w14:textId="3ABF19E4" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00C11E75">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pneumococcal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00CA3B3C" w:rsidRDefault="00B5313B" w14:paraId="34F912CB" w14:textId="7AE34C8B">
+          </w:tcPr>
+          <w:p w14:paraId="34F912CB" w14:textId="7AE34C8B" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00CA3B3C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PCV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00B5313B" w:rsidP="00341332" w:rsidRDefault="00B5313B" w14:paraId="5252B429" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5252B429" w14:textId="77777777" w:rsidR="00B5313B" w:rsidRPr="00C17B4E" w:rsidRDefault="00B5313B" w:rsidP="00341332">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="292064F6" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="292064F6" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="5CD7772F" w14:textId="35A5A882">
+          </w:tcPr>
+          <w:p w14:paraId="5CD7772F" w14:textId="35A5A882" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12 months old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00B7704C" w:rsidRDefault="00672F81" w14:paraId="6653F824" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="6653F824" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00B7704C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Meningococcal group B</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="3DA0E48F" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidDel="005D1A9B" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="5E89C2DA" w14:textId="77777777">
+          <w:p w14:paraId="3DA0E48F" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E89C2DA" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidDel="005D1A9B" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="4B9629EA" w14:textId="139F5D46">
+          </w:tcPr>
+          <w:p w14:paraId="4B9629EA" w14:textId="139F5D46" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> booster </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="724CA40B" w14:textId="5D13E01E">
+          <w:p w14:paraId="724CA40B" w14:textId="5D13E01E" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="005D1A9B" w:rsidRDefault="00672F81" w14:paraId="510432DF" w14:textId="24C34577">
+          </w:tcPr>
+          <w:p w14:paraId="510432DF" w14:textId="24C34577" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="005D1A9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="04A9C905" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="04A9C905" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="6DFE7228" w14:textId="7EAF752A">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFE7228" w14:textId="7EAF752A" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00B7704C" w:rsidRDefault="00672F81" w14:paraId="5E96E786" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="5E96E786" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00B7704C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pneumococcal</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="28EC10CA" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="489AE70C" w14:textId="77777777">
+          <w:p w14:paraId="28EC10CA" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="489AE70C" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="799E94A4" w14:textId="15209C3C">
+          </w:tcPr>
+          <w:p w14:paraId="799E94A4" w14:textId="15209C3C" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PCV booster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="556E546D" w14:textId="4F53456B">
+          </w:tcPr>
+          <w:p w14:paraId="556E546D" w14:textId="4F53456B" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="2C907EA5" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="2C907EA5" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="06AC1670" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="06AC1670" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00510D8A" w:rsidRDefault="00672F81" w14:paraId="3D89AFED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="3D89AFED" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00510D8A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Your child may have had:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="0489911B" w14:textId="77777777">
+          <w:p w14:paraId="0489911B" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="2A68831C" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="2A68831C" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="12A35BA5" w14:textId="49A25B4D">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="12A35BA5" w14:textId="49A25B4D" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="07FEC3FB" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="07FEC3FB" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Measles, mumps, rubella</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="53B13AB1" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="005D1A9B" w:rsidRDefault="00672F81" w14:paraId="0CC2C760" w14:textId="56ABA110">
+          <w:p w14:paraId="53B13AB1" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CC2C760" w14:textId="56ABA110" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="005D1A9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="27675AE9" w14:textId="51256F38">
+          </w:tcPr>
+          <w:p w14:paraId="27675AE9" w14:textId="51256F38" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="1FFF90F3" w14:textId="667760A0">
+          </w:tcPr>
+          <w:p w14:paraId="1FFF90F3" w14:textId="667760A0" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="5A4A227C" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="5A4A227C" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="5228A4B9" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5228A4B9" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="005D1A9B" w:rsidRDefault="00672F81" w14:paraId="45087860" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="45087860" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="005D1A9B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Or </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00612522" w:rsidRDefault="00672F81" w14:paraId="1F5350A9" w14:textId="77777777">
+          <w:p w14:paraId="1F5350A9" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00612522">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="2CDC644A" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="2CDC644A" w14:textId="77777777" w:rsidTr="002A4CDA">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="2744CE14" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2744CE14" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="1165C734" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1165C734" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Measles, mumps, rubella and varicella </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="15A28D8A" w14:textId="77777777">
+          <w:p w14:paraId="15A28D8A" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="0897E35F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0897E35F" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMRV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="181CAA6C" w14:textId="77777777">
+          <w:p w14:paraId="181CAA6C" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="1EC2A90F" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1EC2A90F" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00672F81" w:rsidTr="60B162C8" w14:paraId="5968A896" w14:textId="77777777">
+      <w:tr w:rsidR="00672F81" w:rsidRPr="008351E6" w14:paraId="5968A896" w14:textId="77777777" w:rsidTr="00783922">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="3A23B21F" w14:textId="4FF7CE64">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A23B21F" w14:textId="4FF7CE64" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...12 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="14DCB588" w14:textId="7E9A60FB">
+          </w:tcPr>
+          <w:p w14:paraId="6896919B" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14DCB588" w14:textId="7E9A60FB" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Your child may have had:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="06CE1FCA" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="350DEFD2" w14:textId="70018EBF">
+          <w:p w14:paraId="06CE1FCA" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="350DEFD2" w14:textId="70018EBF" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Haemophilus influenzae type b and meningococcal group C </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="486F3A53" w14:textId="77777777">
+          <w:p w14:paraId="486F3A53" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...34 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="6E1D6821" w14:textId="1A6AD8F5">
+          </w:tcPr>
+          <w:p w14:paraId="241B4221" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41CAD343" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1011DD50" w14:textId="77777777" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E1D6821" w14:textId="1A6AD8F5" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hib/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MenC</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00672F81" w:rsidP="00D871BE" w:rsidRDefault="00672F81" w14:paraId="0675346B" w14:textId="73A97EB7">
+          </w:tcPr>
+          <w:p w14:paraId="0675346B" w14:textId="73A97EB7" w:rsidR="00672F81" w:rsidRPr="00C17B4E" w:rsidRDefault="00672F81" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00D871BE" w:rsidTr="60B162C8" w14:paraId="371BB29A" w14:textId="77777777">
+      <w:tr w:rsidR="00D871BE" w:rsidRPr="008351E6" w14:paraId="371BB29A" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="76031C2A" w14:textId="30853976">
+          </w:tcPr>
+          <w:p w14:paraId="76031C2A" w14:textId="30853976" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">18 months </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00322E40">
+            <w:r w:rsidR="00322E40" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>old</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="26A4B883" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="35784FE2" w14:textId="77777777">
+          <w:p w14:paraId="26A4B883" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35784FE2" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="0034247A" w14:paraId="0F2D2F64" w14:textId="7974913A">
+          </w:tcPr>
+          <w:p w14:paraId="0F2D2F64" w14:textId="7974913A" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="0034247A" w:rsidP="00D871BE">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ew </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00D871BE">
+            <w:r w:rsidR="00D871BE" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ppointment for children born on or after 1 July 2024 only</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="43FDEB3E" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="64BCB940" w14:textId="77777777">
+          <w:p w14:paraId="43FDEB3E" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64BCB940" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00D871BE" w:rsidTr="60B162C8" w14:paraId="031A9BED" w14:textId="77777777">
+      <w:tr w:rsidR="00D871BE" w:rsidRPr="008351E6" w14:paraId="031A9BED" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="175FDA49" w14:textId="31181506">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="175FDA49" w14:textId="31181506" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="018AC913" w14:textId="6F88BD72">
+          </w:tcPr>
+          <w:p w14:paraId="018AC913" w14:textId="6F88BD72" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Measles, mumps, rubella and varicella</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="10429D4E" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="5345D9D1" w14:textId="280F17FA">
+          <w:p w14:paraId="10429D4E" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5345D9D1" w14:textId="280F17FA" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="28601535" w14:textId="6438F4A2">
+          </w:tcPr>
+          <w:p w14:paraId="28601535" w14:textId="6438F4A2" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMRV</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="12781ED6" w14:textId="77777777">
-[...10 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="39C202B7" w14:textId="76660B5A">
+          <w:p w14:paraId="12781ED6" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39C202B7" w14:textId="76660B5A" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="62EEED83" w14:textId="56E1201C">
+          </w:tcPr>
+          <w:p w14:paraId="62EEED83" w14:textId="56E1201C" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00D871BE" w:rsidTr="60B162C8" w14:paraId="007FE439" w14:textId="77777777">
+      <w:tr w:rsidR="00D871BE" w:rsidRPr="008351E6" w14:paraId="007FE439" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="921"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="7646641E" w14:textId="77777777">
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7646641E" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="057BB775" w14:textId="5DF1D6BC">
+          </w:tcPr>
+          <w:p w14:paraId="057BB775" w14:textId="5DF1D6BC" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diphtheria, tetanus, pertussis (whooping cough), polio, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>haemophilus influenzae</w:t>
             </w:r>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> type b (Hib) and hepatitis B </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="1B29E5ED" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1B29E5ED" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/HepB</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="7639ADFC" w14:textId="2D7867A2">
+          <w:p w14:paraId="7639ADFC" w14:textId="2D7867A2" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(6-in-1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="1DD49C61" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="1DD49C61" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="00D871BE" w:rsidTr="60B162C8" w14:paraId="752D65D7" w14:textId="77777777">
+      <w:tr w:rsidR="00D871BE" w:rsidRPr="008351E6" w14:paraId="752D65D7" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="6AF70392" w14:textId="38805330">
+          </w:tcPr>
+          <w:p w14:paraId="6AF70392" w14:textId="38805330" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2 to 3 years old and all </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="05B3548D" w14:textId="1B415F46">
+          <w:p w14:paraId="05B3548D" w14:textId="1B415F46" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">school-aged children </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="0FB3A33D" w14:textId="77777777">
+          <w:p w14:paraId="0FB3A33D" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="39CC9ACA" w14:textId="2595FA62">
+          <w:p w14:paraId="39CC9ACA" w14:textId="2595FA62" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00AD5216" w14:paraId="795B09E0" w14:textId="07F4495F">
+          </w:tcPr>
+          <w:p w14:paraId="795B09E0" w14:textId="07F4495F" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00AD5216" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Annual i</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C17B4E" w:rsidR="00D871BE">
+            <w:r w:rsidR="00D871BE" w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nfluenza (flu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="7DB1E60E" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="7DB1E60E" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Live attenuated </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="2B28FF4C" w14:textId="77777777">
+          <w:p w14:paraId="2B28FF4C" w14:textId="77777777" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>influenza vaccine (LAIV) or inactivated influenza vaccine (IIV)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="3496D60E" w14:textId="621CF934">
+          <w:p w14:paraId="3496D60E" w14:textId="621CF934" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="00D871BE" w:rsidP="00D871BE" w:rsidRDefault="00D871BE" w14:paraId="199E9E58" w14:textId="1599C7E3">
+          </w:tcPr>
+          <w:p w14:paraId="199E9E58" w14:textId="1599C7E3" w:rsidR="00D871BE" w:rsidRPr="00C17B4E" w:rsidRDefault="00D871BE" w:rsidP="00D871BE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="007666BF" w:rsidTr="60B162C8" w14:paraId="4DE640C9" w14:textId="77777777">
+      <w:tr w:rsidR="007666BF" w:rsidRPr="008351E6" w14:paraId="4DE640C9" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="109B3830" w14:textId="5DC87FE2">
+          </w:tcPr>
+          <w:p w14:paraId="109B3830" w14:textId="5DC87FE2" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 years and 4 months old</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="0447EB9A" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="0447EB9A" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Diphtheria, tetanus, pertussis (whooping cough) and polio </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="043AA3C5" w14:textId="62EB95E0">
+          <w:p w14:paraId="043AA3C5" w14:textId="62EB95E0" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="641AFC97" w14:textId="57432258">
+          <w:p w14:paraId="641AFC97" w14:textId="57432258" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="4E472649" w14:textId="676B03DC">
+          </w:tcPr>
+          <w:p w14:paraId="4E472649" w14:textId="676B03DC" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dTaP</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/IPV (4-in-1)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="1A949A62" w14:textId="77777777">
-[...21 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="7A59068B" w14:textId="4F4E2DCE">
+          <w:p w14:paraId="1A949A62" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51F36F9A" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A59068B" w14:textId="4F4E2DCE" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="2DC7326D" w14:textId="1BCEB5A3">
+          </w:tcPr>
+          <w:p w14:paraId="2DC7326D" w14:textId="1BCEB5A3" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="007666BF" w:rsidTr="60B162C8" w14:paraId="68FA988E" w14:textId="77777777">
+      <w:tr w:rsidR="007666BF" w:rsidRPr="008351E6" w14:paraId="68FA988E" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="5F77505E" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F77505E" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="007666BF" w:rsidRDefault="007666BF" w14:paraId="12E81FFD" w14:textId="77777777">
+          </w:tcPr>
+          <w:p w14:paraId="12E81FFD" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="007666BF">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Your child may have had:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="678B604F" w14:textId="77777777">
+          <w:p w14:paraId="678B604F" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="007666BF" w:rsidTr="60B162C8" w14:paraId="0BC96815" w14:textId="77777777">
+      <w:tr w:rsidR="007666BF" w:rsidRPr="008351E6" w14:paraId="0BC96815" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="155039E9" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="155039E9" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="441E8BAC" w14:textId="7C463FBC">
+          </w:tcPr>
+          <w:p w14:paraId="441E8BAC" w14:textId="7C463FBC" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Measles, mumps and rubella </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="00722C77" w14:textId="17973A21">
+          <w:p w14:paraId="00722C77" w14:textId="17973A21" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="37208FDF" w14:textId="054005D7">
+          </w:tcPr>
+          <w:p w14:paraId="37208FDF" w14:textId="054005D7" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="41CA5FC9" w14:textId="1D4F2604">
+          </w:tcPr>
+          <w:p w14:paraId="41CA5FC9" w14:textId="1D4F2604" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="007666BF" w:rsidTr="60B162C8" w14:paraId="01D791CB" w14:textId="77777777">
+      <w:tr w:rsidR="007666BF" w:rsidRPr="008351E6" w14:paraId="01D791CB" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="4B18AC76" w14:textId="77777777">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B18AC76" w14:textId="77777777" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8246" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="5D402BA7" w14:textId="53D16F83">
+          </w:tcPr>
+          <w:p w14:paraId="5D402BA7" w14:textId="53D16F83" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Or</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidRPr="008351E6" w:rsidR="007666BF" w:rsidTr="60B162C8" w14:paraId="2B9789A7" w14:textId="77777777">
+      <w:tr w:rsidR="007666BF" w:rsidRPr="008351E6" w14:paraId="2B9789A7" w14:textId="77777777" w:rsidTr="00510D8A">
         <w:trPr>
           <w:trHeight w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2210" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders/>
-[...2 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="2B9789A2" w14:textId="3303BEF8">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9789A2" w14:textId="3303BEF8" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3881" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="0E0A2DC9" w14:textId="39F35ABE">
+          </w:tcPr>
+          <w:p w14:paraId="0E0A2DC9" w14:textId="39F35ABE" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Measles, mumps, rubella and varicella </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2172" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="378B304B" w14:textId="1F9EF21B">
+          </w:tcPr>
+          <w:p w14:paraId="378B304B" w14:textId="1F9EF21B" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C17B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MMRV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
-              <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidRPr="00C17B4E" w:rsidR="007666BF" w:rsidP="00947E02" w:rsidRDefault="007666BF" w14:paraId="2B9789A6" w14:textId="0E68F1CE">
+          </w:tcPr>
+          <w:p w14:paraId="2B9789A6" w14:textId="0E68F1CE" w:rsidR="007666BF" w:rsidRPr="00C17B4E" w:rsidRDefault="007666BF" w:rsidP="00947E02">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="007149BD" w:rsidP="00EF6ED3" w:rsidRDefault="007149BD" w14:paraId="5DB1D276" w14:textId="77777777">
+    <w:p w14:paraId="5DB1D276" w14:textId="77777777" w:rsidR="007149BD" w:rsidRPr="00C17B4E" w:rsidRDefault="007149BD" w:rsidP="00EF6ED3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="0031631C" w:rsidP="00EF6ED3" w:rsidRDefault="0031631C" w14:paraId="2B2B3035" w14:textId="77777777">
+    <w:p w14:paraId="2B2B3035" w14:textId="77777777" w:rsidR="0031631C" w:rsidRPr="00C17B4E" w:rsidRDefault="0031631C" w:rsidP="00EF6ED3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00EF6ED3" w:rsidP="00EF6ED3" w:rsidRDefault="0023245E" w14:paraId="2B9789B3" w14:textId="064757A0">
+    <w:p w14:paraId="2B9789B3" w14:textId="064757A0" w:rsidR="00EF6ED3" w:rsidRPr="00C17B4E" w:rsidRDefault="0023245E" w:rsidP="00EF6ED3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sign</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00B44B5A">
+      <w:r w:rsidR="00B44B5A" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ature</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00BF01A1">
+      <w:r w:rsidR="00BF01A1" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="006F796E">
+      <w:r w:rsidR="006F796E" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1E0B" w:rsidP="009E4DCE" w:rsidRDefault="0023245E" w14:paraId="1BBF13DB" w14:textId="2EBF609C">
+    <w:p w14:paraId="1BBF13DB" w14:textId="2EBF609C" w:rsidR="002A1E0B" w:rsidRDefault="0023245E" w:rsidP="009E4DCE">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00BF01A1">
+      <w:r w:rsidR="00BF01A1" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00CA3634">
+      <w:r w:rsidR="00CA3634" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="00BF01A1">
+      <w:r w:rsidR="00BF01A1" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Relationship to child ……………</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C17B4E" w:rsidR="0031631C">
+      <w:r w:rsidR="0031631C" w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r w:rsidRPr="00C17B4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="10B857FA" w14:textId="77777777">
+    <w:p w14:paraId="10B857FA" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="126A906E" w14:textId="77777777">
+    <w:p w14:paraId="126A906E" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="5AB8685A" w14:textId="77777777">
+    <w:p w14:paraId="5AB8685A" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="54B7978D" w14:textId="77777777">
+    <w:p w14:paraId="54B7978D" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="3BCDD884" w14:textId="77777777">
+    <w:p w14:paraId="3BCDD884" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00EB413C" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="62951755" w14:textId="77777777">
+    <w:p w14:paraId="62951755" w14:textId="77777777" w:rsidR="00EB413C" w:rsidRPr="00EB413C" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00C17B4E" w:rsidR="00EB413C" w:rsidP="00C17B4E" w:rsidRDefault="00EB413C" w14:paraId="62296CDC" w14:textId="6A421267">
+    <w:p w14:paraId="62296CDC" w14:textId="6A421267" w:rsidR="00EB413C" w:rsidRPr="00C17B4E" w:rsidRDefault="00EB413C" w:rsidP="00C17B4E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3396"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00C17B4E" w:rsidR="00EB413C" w:rsidSect="002E0DD6">
+    <w:sectPr w:rsidR="00EB413C" w:rsidRPr="00C17B4E" w:rsidSect="002E0DD6">
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="default" r:id="rId23"/>
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D72FBF" w:rsidP="002C516B" w:rsidRDefault="00D72FBF" w14:paraId="617594D8" w14:textId="77777777">
+    <w:p w14:paraId="617594D8" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w:rsidP="002C516B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D72FBF" w:rsidP="002C516B" w:rsidRDefault="00D72FBF" w14:paraId="7211C15C" w14:textId="77777777">
+    <w:p w14:paraId="7211C15C" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w:rsidP="002C516B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w14:paraId="1388CEE6" w14:textId="77777777">
+    <w:p w14:paraId="1388CEE6" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7607,144 +7541,144 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidRPr="00C17B4E" w:rsidR="00827C4F" w:rsidP="00D00D07" w:rsidRDefault="00827C4F" w14:paraId="2B9789BA" w14:textId="03C8D858">
+  <w:p w14:paraId="2B9789BA" w14:textId="03C8D858" w:rsidR="00827C4F" w:rsidRPr="00C17B4E" w:rsidRDefault="00827C4F" w:rsidP="00D00D07">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">Preschool parent letter </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="003F75AE">
+    <w:r w:rsidR="003F75AE" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="008F6F4E">
+    <w:r w:rsidR="008F6F4E" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="00BD12ED">
+    <w:r w:rsidR="00BD12ED" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="00F926DB">
+    <w:r w:rsidR="00F926DB" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="00031AA3">
+    <w:r w:rsidR="00031AA3" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C17B4E" w:rsidR="00D00D07">
+    <w:r w:rsidR="00D00D07" w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">                               </w:t>
     </w:r>
     <w:r w:rsidRPr="00C17B4E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D72FBF" w:rsidP="002C516B" w:rsidRDefault="00D72FBF" w14:paraId="74CE002E" w14:textId="77777777">
+    <w:p w14:paraId="74CE002E" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w:rsidP="002C516B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D72FBF" w:rsidP="002C516B" w:rsidRDefault="00D72FBF" w14:paraId="2CA748BB" w14:textId="77777777">
+    <w:p w14:paraId="2CA748BB" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w:rsidP="002C516B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF" w14:paraId="4F1645B3" w14:textId="77777777">
+    <w:p w14:paraId="4F1645B3" w14:textId="77777777" w:rsidR="00D72FBF" w:rsidRDefault="00D72FBF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w:rsidR="00234EB9" w:rsidP="00B02675" w:rsidRDefault="008351E6" w14:paraId="3C2035A1" w14:textId="6925CF55">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C2035A1" w14:textId="6925CF55" w:rsidR="00234EB9" w:rsidRDefault="008351E6" w:rsidP="00B02675">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7886C30B" wp14:editId="51CB8439">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5094112</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>62865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1572895" cy="572770"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
@@ -7768,51 +7702,51 @@
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1572895" cy="572770"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00234EB9" w:rsidP="00B02675" w:rsidRDefault="008351E6" w14:paraId="4F1F71BE" w14:textId="6A8FEEE1">
+  <w:p w14:paraId="4F1F71BE" w14:textId="6A8FEEE1" w:rsidR="00234EB9" w:rsidRDefault="008351E6" w:rsidP="00B02675">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00B02675">
       <w:rPr>
         <w:rFonts w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CCE2BC4" wp14:editId="2A29A077">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>14178</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>-489073</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2644140" cy="455295"/>
           <wp:effectExtent l="0" t="0" r="3810" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Picture 4" descr="C:\Users\Br094440\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Vaccination-Saves-Lives-Babies-Colour-RGB.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -7843,425 +7777,424 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2644140" cy="455295"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00234EB9" w:rsidP="00B02675" w:rsidRDefault="00234EB9" w14:paraId="098B2641" w14:textId="71D7812E">
+  <w:p w14:paraId="098B2641" w14:textId="71D7812E" w:rsidR="00234EB9" w:rsidRDefault="00234EB9" w:rsidP="00B02675">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                                                                  </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00827C4F" w:rsidP="00B02675" w:rsidRDefault="00827C4F" w14:paraId="2B9789B9" w14:textId="09B28CF7">
+  <w:p w14:paraId="2B9789B9" w14:textId="09B28CF7" w:rsidR="00827C4F" w:rsidRDefault="00827C4F" w:rsidP="00B02675">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EE251F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21A06BD6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69360AB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6A81F2C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E934511"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="028ACDFC"/>
     <w:lvl w:ilvl="0" w:tplc="A6B023A0">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="557862188">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1705711677">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1483307748">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9186,198 +9119,195 @@
     <w:rsid w:val="00F926DB"/>
     <w:rsid w:val="00F938DA"/>
     <w:rsid w:val="00F9421D"/>
     <w:rsid w:val="00F9634B"/>
     <w:rsid w:val="00F971D3"/>
     <w:rsid w:val="00FA01BE"/>
     <w:rsid w:val="00FA0352"/>
     <w:rsid w:val="00FA0F5F"/>
     <w:rsid w:val="00FA22B5"/>
     <w:rsid w:val="00FA64E7"/>
     <w:rsid w:val="00FA76F6"/>
     <w:rsid w:val="00FA780F"/>
     <w:rsid w:val="00FB32F7"/>
     <w:rsid w:val="00FB4AE4"/>
     <w:rsid w:val="00FB54A7"/>
     <w:rsid w:val="00FB7A9A"/>
     <w:rsid w:val="00FD0F3A"/>
     <w:rsid w:val="00FE15CD"/>
     <w:rsid w:val="00FE2DCD"/>
     <w:rsid w:val="00FE31A2"/>
     <w:rsid w:val="00FE37A1"/>
     <w:rsid w:val="00FF0F36"/>
     <w:rsid w:val="00FF3048"/>
     <w:rsid w:val="00FF368E"/>
     <w:rsid w:val="00FF70C0"/>
-    <w:rsid w:val="01221FDD"/>
     <w:rsid w:val="02D6E7BF"/>
     <w:rsid w:val="02DE369B"/>
     <w:rsid w:val="08288042"/>
     <w:rsid w:val="093C598F"/>
     <w:rsid w:val="0F34107A"/>
     <w:rsid w:val="12360F00"/>
     <w:rsid w:val="12DF3D32"/>
     <w:rsid w:val="147ECC24"/>
     <w:rsid w:val="18E71FA1"/>
     <w:rsid w:val="1CA498D8"/>
     <w:rsid w:val="22A01D63"/>
     <w:rsid w:val="23A1BA3C"/>
     <w:rsid w:val="23FACD1C"/>
     <w:rsid w:val="24C8AE0D"/>
     <w:rsid w:val="24D9E599"/>
     <w:rsid w:val="25BAC6EC"/>
     <w:rsid w:val="26D6C5B7"/>
     <w:rsid w:val="29E616CF"/>
     <w:rsid w:val="2BB28071"/>
     <w:rsid w:val="2C141DD3"/>
     <w:rsid w:val="2C365F2D"/>
     <w:rsid w:val="2C904B15"/>
     <w:rsid w:val="33043FC2"/>
     <w:rsid w:val="38AD02BA"/>
     <w:rsid w:val="394164B4"/>
     <w:rsid w:val="39512961"/>
-    <w:rsid w:val="39E5CB20"/>
     <w:rsid w:val="3B251195"/>
     <w:rsid w:val="3C5897A5"/>
     <w:rsid w:val="3D74968D"/>
     <w:rsid w:val="3ED98DBE"/>
     <w:rsid w:val="433D54D8"/>
     <w:rsid w:val="46DE784E"/>
     <w:rsid w:val="46EA3580"/>
     <w:rsid w:val="4B59E132"/>
     <w:rsid w:val="4B6F8AEC"/>
     <w:rsid w:val="4D3B3CF5"/>
     <w:rsid w:val="50205884"/>
     <w:rsid w:val="53D57C73"/>
     <w:rsid w:val="54431B15"/>
     <w:rsid w:val="54BE648C"/>
     <w:rsid w:val="55521B77"/>
     <w:rsid w:val="580B04AB"/>
     <w:rsid w:val="582EF6CF"/>
     <w:rsid w:val="5833D323"/>
     <w:rsid w:val="594CE2A2"/>
     <w:rsid w:val="5AC67341"/>
     <w:rsid w:val="5BE94B78"/>
     <w:rsid w:val="5CECEF77"/>
     <w:rsid w:val="5F0922B9"/>
     <w:rsid w:val="5F8635A6"/>
     <w:rsid w:val="60ACA8FB"/>
-    <w:rsid w:val="60B162C8"/>
     <w:rsid w:val="61497681"/>
     <w:rsid w:val="63D03155"/>
     <w:rsid w:val="66FFDAF7"/>
     <w:rsid w:val="6C6391AE"/>
     <w:rsid w:val="6CCE9AD0"/>
     <w:rsid w:val="6FE0B37C"/>
     <w:rsid w:val="702F1545"/>
     <w:rsid w:val="731C2236"/>
     <w:rsid w:val="75BA2887"/>
     <w:rsid w:val="77F9DA13"/>
     <w:rsid w:val="791E1D9A"/>
     <w:rsid w:val="79CD0E7B"/>
     <w:rsid w:val="7A175F7A"/>
     <w:rsid w:val="7CA9C929"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2B978939"/>
   <w15:docId w15:val="{D4040F11-F387-46CB-BA9D-5ABEBFEC12A6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9564,52 +9494,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -9676,307 +9606,307 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00ED23ED"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="009041C3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001308E0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001308E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="001308E0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000544D6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000544D6"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="000544D6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000544D6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="000544D6"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007A4341"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C516B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="002C516B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C516B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="002C516B"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A31B78"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003154D8"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention1" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00233B00"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00083493"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
@@ -10042,51 +9972,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="940382052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.svg" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/routine-immunisation-schedules-for-wales/" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/changes-to-the-childhood-immunisation-schedule" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/mmrv-and-mmr/" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId22" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.svg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/routine-immunisation-schedules-for-wales/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.svg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/changes-to-the-childhood-immunisation-schedule" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/topics/immunisation-and-vaccines/mmrv-and-mmr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
@@ -10098,51 +10029,51 @@
           <w:r w:rsidRPr="005542A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ECC55BF0DCEC4D1FA5C71BACA2D6A5F1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{42B46CC6-89B9-433B-B43B-55251F660C32}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009335C5" w:rsidP="009A1C65" w:rsidRDefault="009A1C65">
+        <w:p w:rsidR="009335C5" w:rsidRDefault="009A1C65" w:rsidP="009A1C65">
           <w:pPr>
             <w:pStyle w:val="ECC55BF0DCEC4D1FA5C71BACA2D6A5F1"/>
           </w:pPr>
           <w:r w:rsidRPr="005542A8">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -11537,75 +11468,173 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <ds:schemaRef ds:uri="c5c4c049-fd51-4c1e-8931-c678015eeba8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A58EFAB-3165-4995-8EB6-011CB0E3D11D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C82C7FD3-DA2B-403B-92A0-07684832EB21}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>842</Words>
+  <Characters>4800</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>parent/guardian</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>NHS Wales</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5631</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="24" baseType="variant">
+      <vt:variant>
+        <vt:i4>1835095</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://phw.nhs.wales/topics/immunisation-and-vaccines/changes-to-the-childhood-immunisation-schedule</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>983135</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://phw.nhs.wales/topics/immunisation-and-vaccines/mmrv-and-mmr/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7929938</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Francesca.Brugnoli-Edwards4@wales.nhs.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7012377</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:Juliet.Norwood3@wales.nhs.uk</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>parent/guardian</dc:title>
   <dc:subject/>
   <dc:creator>vpdp</dc:creator>
-  <keywords/>
-[...2 lines deleted...]
-  <lastPrinted>2014-10-09T10:56:00.0000000Z</lastPrinted>
+  <cp:keywords/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A2007957</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>H&amp;SPSS immunisations welcome pack letter</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-DatePublished">
     <vt:lpwstr/>
   </property>