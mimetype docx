--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,3352 +1,3421 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3835"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="3492"/>
         <w:tblW w:w="13962" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2112"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2216"/>
         <w:gridCol w:w="619"/>
         <w:gridCol w:w="1786"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4EDD0EC0" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="0DFAECAD" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
           <w:trHeight w:val="281"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="76E2724E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="3B07726B" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immunisation</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50602DF3" wp14:editId="14CFB060">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B48B42B" wp14:editId="0F34C831">
                   <wp:extent cx="847725" cy="9525"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1184770065" name="drawing"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1184770065" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="847725" cy="9525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6848155E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="27BD442C" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="30689AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="22ED0289" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Batch number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="380A7A83" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="7986FE3C" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immunisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="050AC617" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="4AD4340A" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="095E134F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="49DD415E" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Batch number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="791784F4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="482195E7" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immunisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="16547AE1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="4B80A831" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="41FAD57E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="21C14182" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Batch number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4940329C" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="06FF12E2" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="118BBCA3" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="6E565128" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>First primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="38D0675F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="00746119" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12-13 months</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1A7D28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="0BBDAF69" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teenage immunisations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="7B90A0F5" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="3B0A491A" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EE264A9" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02842EE0" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/Hep B (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E3C8702" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2406FD23" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43140283" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="3B29FAED" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="71B12A90" w14:textId="7464C26E" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="548C28B5" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="34BAC163" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20027861" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B99BC2B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="19D0E5CD" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="53D4A938" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0CA4AA" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">HPV  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="206C9CE4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4615FAA1" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01CB9E9D" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="543CC97B" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="4C21B642" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="075B7097" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="767BD27C" w14:textId="5883ED8C" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A346FC" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0746DD28" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56E6F189" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="449EEF9E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="74CCF340" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="205B610F" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="759CE053" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Pneumococcal (PCV) (booster)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6CA73C10" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E56B695" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66B813D1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="7FA7314A" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3EDD293E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C1AE8CE" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MenACWY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="45841414" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6209AB" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="770313F6" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="2F19AF00" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="3E44C9C3" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="1CBC754A" w14:textId="77777777" w:rsidTr="00132782">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4459DF6A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59FAFF4F" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rotavirus (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="46DCAC64" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D216B38" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACE4BBA" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="561AFDF0" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="773BD869" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="648CBBAC" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MMRV (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DEA3D0A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0608AD60" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E347D14" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="15EFE0F8" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2EAF36F1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E963A33" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Td/IPV</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12DB8AC1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="54438188" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B66C15E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CCD116D" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0014EFEB" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="22226654" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="2270675F" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="4BE8486B" w14:textId="77777777" w:rsidTr="00132782">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFD0AF1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="04EC6A62" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Second primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5999A381" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="7CB9E48D" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18 months</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="762271B0" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="0281E2D9" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Other (as indicated/required)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="3AFF0E15" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="044AEDD8" w14:textId="77777777" w:rsidTr="00132782">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4D3A79DC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="292F0372" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/Hep B (2</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5761B84C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA3FD57" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AE83178" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="2D3AACAD" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18BEBE16" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EFF39EC" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DTaP/IPV/Hib/Hep B (4</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>th</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="688EFE46" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="605DDABD" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50BDAAAE" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00D43D77" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="0B9D73DB" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00D43D77" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="082AE252" w14:textId="77777777" w:rsidR="00E423F9" w:rsidRPr="00E423F9" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32726151" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00E423F9" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Flu</w:t>
             </w:r>
-            <w:r w:rsidR="00E423F9">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00E423F9" w:rsidRPr="00E423F9">
+            <w:r w:rsidRPr="00E423F9">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Live attenuated</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1749BA97" w14:textId="60424360" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00E423F9" w:rsidP="00D43D77">
+          <w:p w14:paraId="690C2236" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E423F9">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>influenza vaccine</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E423F9">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> inactivated injection)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0288037B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11895DE4" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36FA4A3E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="5DE3B95C" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="2ABE3391" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00982E22" w14:paraId="598FFC11" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65CC1923" w14:textId="3ADD3CBD" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49932EC4" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MenB</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (2</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="61ED47ED" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E75F0FE" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66ED44BC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="7DAB074D" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3772C0E1" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25441CAB" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>MMRV (2</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="485E56BF" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="410CA429" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6632C383" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="1D02A325" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44836888" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09398BA6" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="004E117C" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FAF2489" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1786" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E0180FC" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="7D1995AD" w14:textId="77777777" w:rsidR="00982E22" w:rsidRPr="00CF6737" w:rsidRDefault="00982E22" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="1563B2AC" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00FC5022" w14:paraId="5EFA0595" w14:textId="77777777" w:rsidTr="009B684B">
         <w:trPr>
-          <w:trHeight w:val="438"/>
+          <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DCD18BE" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03C5F983" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Rotavirus (2</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="203B0D6A" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D01C831" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="147E4D90" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="2869E315" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4C724DAD" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="013969F6" w14:textId="0EC0A7A2" w:rsidR="00FC5022" w:rsidRPr="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00FC5022">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6737">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Preschool booster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
-              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="134E1D49" w14:textId="2A2C9EC5" w:rsidR="00AD5202" w:rsidRPr="00AD5202" w:rsidRDefault="002C4559" w:rsidP="00AD5202">
+          </w:tcPr>
+          <w:p w14:paraId="13ED50A7" w14:textId="6B9C2460" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00FC5022">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002C4559">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>This</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BD650D" w:rsidRPr="002C4559">
+            </w:pPr>
+            <w:r w:rsidRPr="002C4559">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002C4559">
+              <w:t xml:space="preserve">This form MUST be used alongside </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">form MUST be used alongside </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00056D2B">
+              <w:t xml:space="preserve">MMRV </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4559">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">MMRV </w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>eligibility tool</w:t>
             </w:r>
-            <w:r w:rsidR="00AD5202" w:rsidRPr="00AD5202">
+            <w:r w:rsidRPr="00AD5202">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00AD5202" w:rsidRPr="00464281">
+              <w:r w:rsidRPr="00464281">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>phw.nhs.wales</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="00AD5202" w:rsidRPr="00464281">
+              <w:r w:rsidRPr="00464281">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>/</w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00AD5202" w:rsidRPr="00464281">
+              <w:r w:rsidRPr="00464281">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="cy-GB"/>
                 </w:rPr>
                 <w:t>MMRVEligibilityTool</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
-            <w:r w:rsidR="00AD5202" w:rsidRPr="00AD5202">
+          </w:p>
+          <w:p w14:paraId="0A1577A8" w14:textId="6793DA55" w:rsidR="00FC5022" w:rsidRPr="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00FC5022">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="0070C0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="cy-GB"/>
-[...8 lines deleted...]
-                <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4559">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> For more </w:t>
-[...150 lines deleted...]
-            <w:r w:rsidRPr="00CF6737">
+              <w:t>For more information about changes to the routine childhood immunisation schedule, scan me:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="749C22C6" w14:textId="2E2BE2F2" w:rsidR="00FC5022" w:rsidRDefault="00E15E7D" w:rsidP="003A589B">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7EAE1854" wp14:editId="661E5D16">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F285F38" wp14:editId="2198DEAA">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>1007745</wp:posOffset>
+                    <wp:posOffset>1010782</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>62230</wp:posOffset>
+                    <wp:posOffset>60325</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="796925" cy="796925"/>
-[...2 lines deleted...]
-                  <wp:docPr id="910796074" name="Picture 2" descr="A qr code on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                  <wp:extent cx="798830" cy="798830"/>
+                  <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="880647802" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="910796074" name="Picture 2" descr="A qr code on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                          <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="796925" cy="796925"/>
+                            <a:ext cx="798830" cy="798830"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
-                          <a:ln>
-[...1 lines deleted...]
-                          </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
-                  <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-                  </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43346FB1" w14:textId="32F370F8" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="24EEEF5B" w14:textId="715AA6F0" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="003A589B">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:pPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D613F69" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="003A589B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DB4E55A" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00E5598F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CB9B676" w14:textId="77777777" w:rsidR="00E15E7D" w:rsidRDefault="00E15E7D" w:rsidP="00E5598F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0402155B" w14:textId="123BCE6B" w:rsidR="00774428" w:rsidRPr="00FC5022" w:rsidRDefault="00774428" w:rsidP="00E5598F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC5022" w14:paraId="65094773" w14:textId="77777777" w:rsidTr="009B684B">
+        <w:trPr>
+          <w:trHeight w:val="76"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4380" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B50C32" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6737">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Third primary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A19AE8" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="0045166D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>DTaP/IPV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C0675D" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E4A0D49" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29EC93B2" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4082627E" w14:textId="3AF5493F" w:rsidR="00FC5022" w:rsidRPr="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00E5598F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD650D" w14:paraId="5B433958" w14:textId="77777777" w:rsidTr="00D43D77">
+      <w:tr w:rsidR="00FC5022" w14:paraId="0E0CFBD2" w14:textId="77777777" w:rsidTr="00DC5EA6">
+        <w:trPr>
+          <w:trHeight w:val="172"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AF7395" w14:textId="2E4A1B2C" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00774428">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF6737">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>DTaP/IPV/Hib/Hep B (3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF6737">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF6737">
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F1E53B" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3006F227" w14:textId="0BC81A8E" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="158480D0" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00FC5022">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="174E5959" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33C65E22" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C161E09" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="578B1762" w14:textId="2F59E9F9" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="003A589B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC5022" w14:paraId="7066D869" w14:textId="77777777" w:rsidTr="00DC5EA6">
         <w:trPr>
           <w:trHeight w:val="438"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="44965F5E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23256C60" w14:textId="477C7920" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>DTaP/IPV/Hib/Hep B (3</w:t>
+              <w:t>Pneumococcal (PCV) (1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>rd</w:t>
+              <w:t>st</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF6737">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="57D561D4" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DBB647B" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3016E333" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00CF6737" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="490AB912" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00CF6737" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7916E58E" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00A37564" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="3B6AC114" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00A37564" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E71641B" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00A37564" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="097DF86E" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00A37564" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F1A52D2" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRPr="00A37564" w:rsidRDefault="00BD650D" w:rsidP="00D43D77">
+          <w:p w14:paraId="40B05779" w14:textId="77777777" w:rsidR="00FC5022" w:rsidRPr="00A37564" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4621" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...163 lines deleted...]
-              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="FF0000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05A25045" w14:textId="77777777" w:rsidR="00BD650D" w:rsidRDefault="00BD650D" w:rsidP="00D43D77"/>
+          </w:tcPr>
+          <w:p w14:paraId="481889AF" w14:textId="0A968142" w:rsidR="00FC5022" w:rsidRPr="005C121B" w:rsidRDefault="00FC5022" w:rsidP="00982E22">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A05D14D" w14:textId="50FF823F" w:rsidR="00977A0B" w:rsidRDefault="00D43D77">
+    <w:p w14:paraId="7A05D14D" w14:textId="74444BA9" w:rsidR="00977A0B" w:rsidRDefault="004628B7">
       <w:r w:rsidRPr="001D16C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663872" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FA1B5E" wp14:editId="50232842">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13FA1B5E" wp14:editId="2D9FD8C4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>5954232</wp:posOffset>
+                  <wp:posOffset>5409211</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13571</wp:posOffset>
+                  <wp:posOffset>11224</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2900517" cy="1190625"/>
-                <wp:effectExtent l="0" t="0" r="14605" b="28575"/>
+                <wp:extent cx="3448026" cy="1000125"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="28575"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2900517" cy="1190625"/>
+                          <a:ext cx="3448026" cy="1000125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="19050">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6025D289" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="0074544A" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                          <w:p w14:paraId="6025D289" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="0074544A">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>The child named is due the selected vaccination(s)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="22F70D77" w14:textId="179C722B" w:rsidR="0074544A" w:rsidRPr="00D43D77" w:rsidRDefault="00A37564" w:rsidP="0074544A">
-                            <w:r w:rsidRPr="0074544A">
+                          <w:p w14:paraId="22F70D77" w14:textId="179C722B" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                            <w:pPr>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00982E22">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Parent/ guardian/ individuals signature: </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7978D4E3" w14:textId="77777777" w:rsidR="00D43D77" w:rsidRPr="00D43D77" w:rsidRDefault="00D43D77" w:rsidP="00A37564">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="2"/>
                                 <w:szCs w:val="8"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="293124B1" w14:textId="75347BA8" w:rsidR="00A37564" w:rsidRPr="00D43D77" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                          <w:p w14:paraId="293124B1" w14:textId="75347BA8" w:rsidR="00A37564" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                             <w:pPr>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Date: </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5D595AAA" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="47F806B8" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="13FA1B5E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:468.85pt;margin-top:1.05pt;width:228.4pt;height:93.75pt;z-index:251663872;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDw1Kf6FwIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v2yAQ/j5p/wHxfbEdJW1jxam6dJkm&#10;dS9Stx+AMY7RgGNAYme/fgd207T7No0PiOPgubvnnlvfDlqRo3BegqloMcspEYZDI82+oj++797d&#10;UOIDMw1TYERFT8LT283bN+velmIOHahGOIIgxpe9rWgXgi2zzPNOaOZnYIVBZwtOs4Cm22eNYz2i&#10;a5XN8/wq68E11gEX3uPt/eikm4TftoKHr23rRSCqophbSLtLex33bLNm5d4x20k+pcH+IQvNpMGg&#10;Z6h7Fhg5OPkXlJbcgYc2zDjoDNpWcpFqwGqK/FU1jx2zItWC5Hh7psn/P1j+5fhovzkShvcwYANT&#10;Ed4+AP/piYFtx8xe3DkHfSdYg4GLSFnWW19OXyPVvvQRpO4/Q4NNZocACWhonY6sYJ0E0bEBpzPp&#10;YgiE4+V8lefL4poSjr6iWOVX82WKwcqn79b58FGAJvFQUYddTfDs+OBDTIeVT09iNA9KNjupVDLc&#10;vt4qR44MFbBLa0J/8UwZ0mP4Vb7MRwpeYEQ1ijNKGEYSXkXSMqCUldQVvcnjGsUVeftgmiS0wKQa&#10;z5iyMhORkbuRxTDUAz6MhNbQnJBSB6NkccTw0IH7TUmPcq2o/3VgTlCiPhlsy6pYLKK+k7FYXs/R&#10;cJee+tLDDEeoigZKxuM2pJmIhBm4w/a1MhH7nMmUK8ow8T2NTNT5pZ1ePQ/25g8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDOnkN84gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qNM2NE3IpkIIDgjxk9ILNzdekoh4HcVuk7497glus5rRzLf5ZjKdONLgWssI81kEgriyuuUaYff5&#10;dLMG4bxirTrLhHAiB5vi8iJXmbYjl3Tc+lqEEnaZQmi87zMpXdWQUW5me+LgfdvBKB/OoZZ6UGMo&#10;N51cRNFKGtVyWGhUTw8NVT/bg0F4f0w++O2L6/Elfo5PZZlO7e4V8fpqur8D4Wnyf2E44wd0KALT&#10;3h5YO9EhpMskCVGExRzE2V+m8S2IfVDrdAWyyOX/F4pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAPDUp/oXAgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAM6eQ3ziAAAACgEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="black [3213]" strokeweight="1.5pt">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:425.9pt;margin-top:.9pt;width:271.5pt;height:78.75pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBa2f6cFwIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vljOki414hRdugwD&#10;ugvQ7QNkWY6FyaImKbGzrx8lu2navQ3zgyCa1CF5eLi+GTpNjtJ5Baak+YxRIo2AWpl9SX98371Z&#10;UeIDNzXXYGRJT9LTm83rV+veFnIOLehaOoIgxhe9LWkbgi2yzItWdtzPwEqDzgZcxwOabp/VjveI&#10;3ulszthV1oOrrQMhvce/d6OTbhJ+00gRvjaNl4HokmJtIZ0unVU8s82aF3vHbavEVAb/hyo6rgwm&#10;PUPd8cDJwam/oDolHHhowkxAl0HTKCFTD9hNzl5089ByK1MvSI63Z5r8/4MVX44P9psjYXgPAw4w&#10;NeHtPYifnhjYttzs5a1z0LeS15g4j5RlvfXF9DRS7QsfQar+M9Q4ZH4IkICGxnWRFeyTIDoO4HQm&#10;XQ6BCPz5drFYsfkVJQJ9OWMsny9TDl48PrfOh48SOhIvJXU41QTPj/c+xHJ48RgSs3nQqt4prZPh&#10;9tVWO3LkqIBd+ib0Z2HakB7TX7MlGyl4hhHVKM8oYRhJeJGpUwGlrFVX0hW2wSZxRd4+mDoJLXCl&#10;xzuWrM1EZORuZDEM1YCBkdAK6hNS6mCULK4YXlpwvynpUa4l9b8O3ElK9CeDY7nOF4uo72Qslu/m&#10;aLhLT3Xp4UYgVEkDJeN1G9JORMIM3OL4GpWIfapkqhVlmPieVibq/NJOUU+LvfkDAAD//wMAUEsD&#10;BBQABgAIAAAAIQAAbVOD4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytx&#10;o07bFJoQp0IIDgjxk9ILNzdekqjxOordJn17tic47axmNftNthltK07Y+8aRgvksAoFUOtNQpWD3&#10;9XyzBuGDJqNbR6jgjB42+eQq06lxAxV42oZKcAj5VCuoQ+hSKX1Zo9V+5jok9n5cb3Xgta+k6fXA&#10;4baViyi6lVY3xB9q3eFjjeVhe7QKPp7uPun9m6rhNX6Jz0WRjM3uTanr6fhwDyLgGP6O4YLP6JAz&#10;094dyXjRKliv5owe2OBx8ZdJzGrPapUsQeaZ/F8h/wUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBa2f6cFwIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAAbVOD4AAAAAoBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="black [3213]" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6025D289" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="0074544A" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                    <w:p w14:paraId="6025D289" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="0074544A">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>The child named is due the selected vaccination(s)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="22F70D77" w14:textId="179C722B" w:rsidR="0074544A" w:rsidRPr="00D43D77" w:rsidRDefault="00A37564" w:rsidP="0074544A">
-                      <w:r w:rsidRPr="0074544A">
+                    <w:p w14:paraId="22F70D77" w14:textId="179C722B" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="0074544A">
+                      <w:pPr>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00982E22">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Parent/ guardian/ individuals signature: </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7978D4E3" w14:textId="77777777" w:rsidR="00D43D77" w:rsidRPr="00D43D77" w:rsidRDefault="00D43D77" w:rsidP="00A37564">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="2"/>
                           <w:szCs w:val="8"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="293124B1" w14:textId="75347BA8" w:rsidR="00A37564" w:rsidRPr="00D43D77" w:rsidRDefault="00A37564" w:rsidP="00A37564">
+                    <w:p w14:paraId="293124B1" w14:textId="75347BA8" w:rsidR="00A37564" w:rsidRPr="00982E22" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                       <w:pPr>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Date: </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5D595AAA" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="47F806B8" w14:textId="77777777" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="001D16C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251640320" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111AB013" wp14:editId="3AB57CF7">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="111AB013" wp14:editId="7D93A67C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>3816985</wp:posOffset>
+                  <wp:posOffset>3640132</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13335</wp:posOffset>
+                  <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2995295" cy="1190625"/>
-                <wp:effectExtent l="0" t="0" r="14605" b="28575"/>
+                <wp:extent cx="2630805" cy="1000125"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="4" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2995295" cy="1190625"/>
+                          <a:ext cx="2630805" cy="1000125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="19050">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                          <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                             <w:pPr>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>GP/ treatment centre details</w:t>
                             </w:r>
-                            <w:r w:rsidR="0074544A">
+                            <w:r w:rsidR="0074544A" w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>(Affix label here)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Name: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
+                          <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Address: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Surgery code:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3874B217" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="6FE0EC27" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="22D07F2B" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="111AB013" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:300.55pt;margin-top:1.05pt;width:235.85pt;height:93.75pt;z-index:-251676160;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBw1HczFAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO0zAQhu+ReAfL9zQHtcsmarpauhQh&#10;LQvSwgM4jtNYOB5ju03K0zN2st1yukHkwvJk7H9mvhmvb8ZekaOwToKuaLZIKRGaQyP1vqJfPu9e&#10;XVPiPNMNU6BFRU/C0ZvNyxfrwZQihw5UIyxBEe3KwVS0896USeJ4J3rmFmCERmcLtmceTbtPGssG&#10;VO9VkqfpVTKAbYwFLpzDv3eTk26iftsK7j+2rROeqIpibj6uNq51WJPNmpV7y0wn+ZwG+4cseiY1&#10;Bj1L3THPyMHK36R6yS04aP2CQ59A20ouYg1YTZb+Us1jx4yItSAcZ86Y3P+T5Q/HR/PJEj++gREb&#10;GItw5h74V0c0bDum9+LWWhg6wRoMnAVkyWBcOV8NqF3pgkg9fIAGm8wOHqLQ2No+UME6CapjA05n&#10;6GL0hOPPvChWebGihKMvy4r0Kl/FGKx8um6s8+8E9CRsKmqxq1GeHe+dD+mw8ulIiOZAyWYnlYqG&#10;3ddbZcmR4QTs4jer/3RMaTJg+CJdpROCv2qk8fuTRi89zrKSfUWvz4dYGcC91U2cNM+kmvaYs9Iz&#10;yQBvwujHeiSymTEHsDU0J0RrYRpdfGq46cB+p2TAsa2o+3ZgVlCi3mtsT5Etl2HOo7Fcvc7RsJee&#10;+tLDNEepinpKpu3Wx7cRwGm4xTa2MgJ+zmROGccxcp+fTpj3Szueen7gmx8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCeng3B3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqJ2o&#10;hJDGqRASOdMfxNWJ3TgiXkexm6Zvz/YEp93VjGa/KbeLG9hsptB7lJCsBDCDrdc9dhKOh4+nHFiI&#10;CrUaPBoJVxNgW93flarQ/oI7M+9jxygEQ6Ek2BjHgvPQWuNUWPnRIGknPzkV6Zw6rid1oXA38FSI&#10;jDvVI32wajTv1rQ/+7OT8By+P9fzteltl3/VvF7cbn2opXx8WN42wKJZ4p8ZbviEDhUxNf6MOrBB&#10;QiaShKwSUho3Xbyk1KWhLX/NgFcl/1+h+gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBw&#10;1HczFAIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCeng3B3QAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokeweight="1.5pt">
+              <v:shape w14:anchorId="111AB013" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:286.6pt;margin-top:.95pt;width:207.15pt;height:78.75pt;z-index:-251658239;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/HSh4FQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q941xmmyzVpzVNttU&#10;lbYHadsHwBjHqJihQGKnT98Be7Pp6aaqLxDjgX9mvhnWN0OnyVE6r8CUNJ8xSqQRUCuzL+mXz7sX&#10;K0p84KbmGows6Ul6erN5/mzd20LOoQVdS0dQxPiityVtQ7BFlnnRyo77GVhp0NmA63hA0+2z2vEe&#10;1TudzRm7ynpwtXUgpPf492500k3Sbxopwsem8TIQXVLMLaTVpbWKa7ZZ82LvuG2VmNLg/5BFx5XB&#10;oGepOx44OTj1m1SnhAMPTZgJ6DJoGiVkqgGrydkv1Ty03MpUC8Lx9ozJ/z9Z8eH4YD85EobXMGAD&#10;UxHe3oP46omBbcvNXt46B30reY2B84gs660vpqsRtS98FKn691Bjk/khQBIaGtdFKlgnQXVswOkM&#10;XQ6BCPw5v3rJVmxJiUBfzhjL58sUgxeP163z4a2EjsRNSR12Ncnz470PMR1ePB6J0TxoVe+U1slw&#10;+2qrHTlynIBd+ib1n45pQ3oMf82WbETwVw3MEL8/aXQq4Cxr1ZV0dT7EiwjujanTpAWu9LjHnLWZ&#10;SEZ4I8YwVANR9YQ5gq2gPiFaB+Po4lPDTQvuOyU9jm1J/bcDd5IS/c5ge67zxSLOeTIWy1dzNNyl&#10;p7r0cCNQqqSBknG7DeltRHAGbrGNjUqAnzKZUsZxTNynpxPn/dJOp54e+OYHAAAA//8DAFBLAwQU&#10;AAYACAAAACEAF5viz9sAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82YeLOL&#10;FSwgS2NM5GxbTa8LTFkiO0vYLaX/3vGkx5f38s03xXaxg5hx8r0jBY+rCARS49qeOgWfh/eHFIQP&#10;mlo9OEIFV/SwLW9vCp237kI7nPehEwwhn2sFJoQxl9I3Bq32KzcicXdyk9WB49TJdtIXhttBrqPo&#10;WVrdE18wesQ3g833/mwVJP74Ec/Xujdd+lXJarG7+FApdX+3vL6ACLiEvzH86rM6lOxUuzO1XgzM&#10;2DytecpFBoL7LN0kIGrOSRaDLAv5/4PyBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD8d&#10;KHgVAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABeb4s/bAAAACQEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                    <w:p w14:paraId="096B7EBB" w14:textId="5ED6E8E5" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                       <w:pPr>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>GP/ treatment centre details</w:t>
                       </w:r>
-                      <w:r w:rsidR="0074544A">
+                      <w:r w:rsidR="0074544A" w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>(Affix label here)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="072FA23A" w14:textId="47D0E83A" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Name: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
+                    <w:p w14:paraId="4EC1AFDF" w14:textId="648E8B56" w:rsidR="0074544A" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="00D43D77">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Address: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="2B38ADEA" w14:textId="496F52A0" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Surgery code:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3874B217" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="6FE0EC27" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="22D07F2B" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="001D16C3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251616768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF4E7B" wp14:editId="56F07441">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF4E7B" wp14:editId="23B91B39">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>0</wp:posOffset>
+                  <wp:posOffset>-204</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13335</wp:posOffset>
+                  <wp:posOffset>263</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2858770" cy="1190625"/>
-                <wp:effectExtent l="0" t="0" r="17780" b="28575"/>
+                <wp:extent cx="2673985" cy="1009015"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="19685"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="217" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2858770" cy="1190625"/>
+                          <a:ext cx="2673985" cy="1009015"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="19050">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                          <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Patient details </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0074544A">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                                <w:sz w:val="18"/>
-                                <w:szCs w:val="24"/>
+                                <w:sz w:val="16"/>
                               </w:rPr>
                               <w:t>(Affix patient label here)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">NHS number: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>First name(s):</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Surname:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Date of birth: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2F36BD96" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                          <w:p w14:paraId="6213FE4E" w14:textId="4F2A2149" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="00982E22">
                             <w:pPr>
                               <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:jc w:val="both"/>
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00D43D77">
+                            <w:r w:rsidRPr="00982E22">
                               <w:rPr>
-                                <w:szCs w:val="32"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Address:</w:t>
                             </w:r>
-                          </w:p>
-[...8 lines deleted...]
-                            </w:pPr>
                           </w:p>
                           <w:p w14:paraId="340FD5DF" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:contextualSpacing/>
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="001D16C3">
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="001D16C3">
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                               </w:rPr>
                               <w:tab/>
                             </w:r>
                             <w:r w:rsidRPr="001D16C3">
@@ -3366,178 +3435,178 @@
                               <w:rPr>
                                 <w:sz w:val="15"/>
                                 <w:szCs w:val="15"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="49DF4E7B" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:1.05pt;width:225.1pt;height:93.75pt;z-index:-251699712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD59BXQFQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940PSjaJFWe1zTZV&#10;pe1B2vYBMMYxKmYokNjp03fA3mx6uqnqC8R44J+Zb4bN7dApchLWSdAlzWYpJUJzqKU+lPTL5/2r&#10;FSXOM10zBVqU9Cwcvd2+fLHpTSFyaEHVwhIU0a7oTUlb702RJI63omNuBkZodDZgO+bRtIektqxH&#10;9U4leZreJD3Y2ljgwjn8ez866TbqN43g/mPTOOGJKinm5uNq41qFNdluWHGwzLSST2mwf8iiY1Jj&#10;0IvUPfOMHK38TaqT3IKDxs84dAk0jeQi1oDVZOkv1Ty2zIhYC8Jx5oLJ/T9Z/uH0aD5Z4ofXMGAD&#10;YxHOPAD/6oiGXcv0QdxZC30rWI2Bs4As6Y0rpqsBtStcEKn691Bjk9nRQxQaGtsFKlgnQXVswPkC&#10;XQyecPyZrxar5RJdHH1Ztk5v8kWMwYqn68Y6/1ZAR8KmpBa7GuXZ6cH5kA4rno6EaA6UrPdSqWjY&#10;Q7VTlpwYTsA+fpP6T8eUJj2GX6eLdETwV400fn/S6KTHWVayK+nqcogVAdwbXcdJ80yqcY85Kz2R&#10;DPBGjH6oBiJrpBICBLAV1GdEa2EcXXxquGnBfqekx7Etqft2ZFZQot5pbM86m8/DnEdjvljmaNhr&#10;T3XtYZqjVEk9JeN25+PbCOA03GEbGxkBP2cypYzjGLlPTyfM+7UdTz0/8O0PAAAA//8DAFBLAwQU&#10;AAYACAAAACEAwk0pntoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjT&#10;KK1CGqdCSORMWxBXJ97GEfE6it00/XuWExxHM5p5U+4XN4gZp9B7UrBeJSCQWm966hR8nN6echAh&#10;ajJ68IQKbhhgX93flbow/koHnI+xE1xCodAKbIxjIWVoLTodVn5EYu/sJ6cjy6mTZtJXLneDTJNk&#10;K53uiResHvHVYvt9vDgFm/D1ns23prdd/lnLenGH7FQr9fiwvOxARFziXxh+8RkdKmZq/IVMEIMC&#10;PhIVpGsQbGabJAXRcCp/3oKsSvkfv/oBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+fQV&#10;0BUCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;wk0pntoAAAAGAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;" strokeweight="1.5pt">
+              <v:shape w14:anchorId="49DF4E7B" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:210.55pt;height:79.45pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZcWTEFgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9tu2zAMhu8H7B0E3S+2s6RNjDhFly7D&#10;gO4AdHsAWZZtYbKoSUrs7OlLyW6anW6G+UIQTekn+ZHa3AydIkdhnQRd0GyWUiI0h0rqpqBfv+xf&#10;rShxnumKKdCioCfh6M325YtNb3IxhxZUJSxBEe3y3hS09d7kSeJ4KzrmZmCERmcNtmMeTdsklWU9&#10;qncqmafpVdKDrYwFLpzDv3ejk26jfl0L7j/VtROeqIJibj6uNq5lWJPthuWNZaaVfEqD/UMWHZMa&#10;g56l7phn5GDlb1Kd5BYc1H7GoUugriUXsQasJkt/qeahZUbEWhCOM2dM7v/J8o/HB/PZEj+8gQEb&#10;GItw5h74N0c07FqmG3FrLfStYBUGzgKypDcun64G1C53QaTsP0CFTWYHD1FoqG0XqGCdBNWxAacz&#10;dDF4wvHn/Or69Xq1pISjL0vTdZotYwyWP1031vl3AjoSNgW12NUoz473zod0WP50JERzoGS1l0pF&#10;wzblTllyZDgB+/hN6j8dU5r0GH6dLtMRwV810vj9SaOTHmdZya6gq/Mhlgdwb3UVJ80zqcY95qz0&#10;RDLAGzH6oRyIrJBKCBDAllCdEK2FcXTxqeGmBfuDkh7HtqDu+4FZQYl6r7E962yxCHMejcXyeo6G&#10;vfSUlx6mOUoV1FMybnc+vo0ATsMttrGWEfBzJlPKOI6R+/R0wrxf2vHU8wPfPgIAAP//AwBQSwME&#10;FAAGAAgAAAAhANOTTAnaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;kypFIY1TISRypi2IqxNv44h4HcVumv49Cxe4jLSa0czbcre4Qcw4hd6TgnSVgEBqvempU/B+fH3I&#10;QYSoyejBEyq4YoBddXtT6sL4C+1xPsROcAmFQiuwMY6FlKG16HRY+RGJvZOfnI58Tp00k75wuRvk&#10;OkkepdM98YLVI75YbL8OZ6dgEz7fsvna9LbLP2pZL26fHWul7u+W5y2IiEv8C8MPPqNDxUyNP5MJ&#10;YlDAj8RfZS9bpymIhkOb/AlkVcr/9NU3AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABlx&#10;ZMQWAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANOTTAnaAAAABQEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="0074544A" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
+                    <w:p w14:paraId="15D7FD0C" w14:textId="14464A5A" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="0074544A">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Patient details </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="0074544A">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="ADADAD" w:themeColor="background2" w:themeShade="BF"/>
-                          <w:sz w:val="18"/>
-                          <w:szCs w:val="24"/>
+                          <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>(Affix patient label here)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="765063E9" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">NHS number: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="0515D88F" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>First name(s):</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="3221A39E" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Surname:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="4F8EAAAE" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Date of birth: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2F36BD96" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="00D43D77" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
+                    <w:p w14:paraId="6213FE4E" w14:textId="4F2A2149" w:rsidR="002B38E2" w:rsidRPr="00982E22" w:rsidRDefault="002B38E2" w:rsidP="00982E22">
                       <w:pPr>
                         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:jc w:val="both"/>
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00D43D77">
+                      <w:r w:rsidRPr="00982E22">
                         <w:rPr>
-                          <w:szCs w:val="32"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Address:</w:t>
                       </w:r>
-                    </w:p>
-[...8 lines deleted...]
-                      </w:pPr>
                     </w:p>
                     <w:p w14:paraId="340FD5DF" w14:textId="77777777" w:rsidR="002B38E2" w:rsidRPr="001D16C3" w:rsidRDefault="002B38E2" w:rsidP="002B38E2">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:contextualSpacing/>
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="001D16C3">
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="001D16C3">
                         <w:rPr>
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                         </w:rPr>
                         <w:tab/>
                       </w:r>
                       <w:r w:rsidRPr="001D16C3">
@@ -3558,51 +3627,51 @@
                           <w:sz w:val="15"/>
                           <w:szCs w:val="15"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0074544A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1834195E" wp14:editId="26678956">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1834195E" wp14:editId="26678956">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3234519</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-377294</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2299648" cy="266131"/>
                 <wp:effectExtent l="0" t="0" r="24765" b="19685"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1833621648" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2299648" cy="266131"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -3657,51 +3726,51 @@
                               <w:t>January 2026.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1834195E" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:254.7pt;margin-top:-29.7pt;width:181.05pt;height:20.95pt;z-index:251685376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE3IHVPQIAAIUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+0hIKRuIUDEqpklV&#10;W4lOfTaOTSw5Ps82JOyv39kQoN2epuXBufNd7sf33WV21zWa7IXzCkxJh4OcEmE4VMpsS/rjZfXp&#10;CyU+MFMxDUaU9CA8vZt//DBr7VQUUIOuhCMYxPhpa0tah2CnWeZ5LRrmB2CFQaME17CAqttmlWMt&#10;Rm90VuT5OGvBVdYBF97j7f3RSOcpvpSChycpvQhElxRrC+l06dzEM5vP2HTrmK0VP5XB/qGKhimD&#10;Sc+h7llgZOfUH6EaxR14kGHAoclASsVF6gG7GebvulnXzIrUC4Lj7Rkm///C8sf92j47Erqv0CGB&#10;EZDW+qnHy9hPJ10T31gpQTtCeDjDJrpAOF4WxWQyHiHRHG3FeDy8SWGyy9fW+fBNQEOiUFKHtCS0&#10;2P7BB8yIrr1LTOZBq2qltE5KHAWx1I7sGZKoQx/8jZc2pMXyJ/ltniK/MXq33ZwDLPP4xD4x65Ub&#10;atrg5aX7KIVu0xFVlfSmR2YD1QEBc3CcJW/5SmFXD8yHZ+ZweBAjXIjwhIfUgFXBSaKkBvfrb/fR&#10;HzlFKyUtDmNJ/c8dc4IS/d0g25PhaBSnNymj288FKu7asrm2mF2zBIRqiKtneRKjf9C9KB00r7g3&#10;i5gVTcxwzF3S0IvLcFwR3DsuFovkhPNqWXgwa8tj6EhN5Oyle2XOnogNOBKP0I8tm77j9+gbvzSw&#10;2AWQKpEfcT6ieoIfZz2xc9rLuEzXevK6/D3mvwEAAP//AwBQSwMEFAAGAAgAAAAhAGZ0WV7fAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGytkwqTksapEBIDEguhA6Mbmzhq&#10;fE5jpzX8eq4T3e7j0XvPVdvkBnYyU+g9SsiXGTCDrdc9dhJ2n6+LNbAQFWo1eDQSfkyAbX17U6lS&#10;+zN+mFMTO0YhGEolwcY4lpyH1hqnwtKPBmn37SenIrVTx/WkzhTuBr7KskfuVI90warRvFjTHprZ&#10;SXh7x+OXsKuAc/o9trhLTeGtlPd36XkDLJoU/2G46JM61OS09zPqwAYJInt6IFTCQlwKItZFLoDt&#10;aZIXAnhd8esf6j8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhNyB1T0CAACFBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZnRZXt8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#c00000" strokeweight="1.5pt">
+              <v:shape w14:anchorId="1834195E" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:254.7pt;margin-top:-29.7pt;width:181.05pt;height:20.95pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE3IHVPQIAAIUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+0hIKRuIUDEqpklV&#10;W4lOfTaOTSw5Ps82JOyv39kQoN2epuXBufNd7sf33WV21zWa7IXzCkxJh4OcEmE4VMpsS/rjZfXp&#10;CyU+MFMxDUaU9CA8vZt//DBr7VQUUIOuhCMYxPhpa0tah2CnWeZ5LRrmB2CFQaME17CAqttmlWMt&#10;Rm90VuT5OGvBVdYBF97j7f3RSOcpvpSChycpvQhElxRrC+l06dzEM5vP2HTrmK0VP5XB/qGKhimD&#10;Sc+h7llgZOfUH6EaxR14kGHAoclASsVF6gG7GebvulnXzIrUC4Lj7Rkm///C8sf92j47Erqv0CGB&#10;EZDW+qnHy9hPJ10T31gpQTtCeDjDJrpAOF4WxWQyHiHRHG3FeDy8SWGyy9fW+fBNQEOiUFKHtCS0&#10;2P7BB8yIrr1LTOZBq2qltE5KHAWx1I7sGZKoQx/8jZc2pMXyJ/ltniK/MXq33ZwDLPP4xD4x65Ub&#10;atrg5aX7KIVu0xFVlfSmR2YD1QEBc3CcJW/5SmFXD8yHZ+ZweBAjXIjwhIfUgFXBSaKkBvfrb/fR&#10;HzlFKyUtDmNJ/c8dc4IS/d0g25PhaBSnNymj288FKu7asrm2mF2zBIRqiKtneRKjf9C9KB00r7g3&#10;i5gVTcxwzF3S0IvLcFwR3DsuFovkhPNqWXgwa8tj6EhN5Oyle2XOnogNOBKP0I8tm77j9+gbvzSw&#10;2AWQKpEfcT6ieoIfZz2xc9rLuEzXevK6/D3mvwEAAP//AwBQSwMEFAAGAAgAAAAhAGZ0WV7fAAAA&#10;CwEAAA8AAABkcnMvZG93bnJldi54bWxMjz1PwzAQhnck/oN1SGytkwqTksapEBIDEguhA6Mbmzhq&#10;fE5jpzX8eq4T3e7j0XvPVdvkBnYyU+g9SsiXGTCDrdc9dhJ2n6+LNbAQFWo1eDQSfkyAbX17U6lS&#10;+zN+mFMTO0YhGEolwcY4lpyH1hqnwtKPBmn37SenIrVTx/WkzhTuBr7KskfuVI90warRvFjTHprZ&#10;SXh7x+OXsKuAc/o9trhLTeGtlPd36XkDLJoU/2G46JM61OS09zPqwAYJInt6IFTCQlwKItZFLoDt&#10;aZIXAnhd8esf6j8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhNyB1T0CAACFBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAZnRZXt8AAAALAQAA&#10;DwAAAAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#c00000" strokeweight="1.5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7D5FB17C" w14:textId="3ACC13F3" w:rsidR="00BA3063" w:rsidRPr="0074544A" w:rsidRDefault="00BA3063">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0074544A">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                         <w:t xml:space="preserve">This form is applicable from </w:t>
                       </w:r>
                       <w:r w:rsidR="00094C21" w:rsidRPr="0074544A">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3725,71 +3794,71 @@
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00977A0B" w:rsidSect="002B38E2">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F813C2F" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC" w:rsidP="00A37564">
+    <w:p w14:paraId="23374770" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="328F4A18" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC" w:rsidP="00A37564">
+    <w:p w14:paraId="48F3AF07" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="105F03D4" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC">
+    <w:p w14:paraId="3E3B48A3" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
@@ -3866,51 +3935,51 @@
     </w:r>
     <w:r w:rsidR="00CF6737" w:rsidRPr="00CF6737">
       <w:t xml:space="preserve">             </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10EFFFFA" w14:textId="30DEC0B6" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="00A37564" w:rsidP="00CF6737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF6737">
       <w:t>Date vaccination given:</w:t>
     </w:r>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4C3174E3" w14:textId="75E52FE6" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="19B1582A" w:rsidP="00CF6737">
+  <w:p w14:paraId="4C3174E3" w14:textId="59869DAB" w:rsidR="00A37564" w:rsidRPr="00CF6737" w:rsidRDefault="19B1582A" w:rsidP="00CF6737">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
@@ -3935,80 +4004,94 @@
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00A37564" w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00CF6737">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>PHW V7 January 2026</w:t>
+      <w:t>PHW V</w:t>
+    </w:r>
+    <w:r w:rsidR="004628B7">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CF6737">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> January 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="128A3E39" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC" w:rsidP="00A37564">
+    <w:p w14:paraId="256DAB1D" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B04FD16" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC" w:rsidP="00A37564">
+    <w:p w14:paraId="6A15A498" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C" w:rsidP="00A37564">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="62076769" w14:textId="77777777" w:rsidR="00AF20AC" w:rsidRDefault="00AF20AC">
+    <w:p w14:paraId="628DCB65" w14:textId="77777777" w:rsidR="0054634C" w:rsidRDefault="0054634C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7B3F053E" w14:textId="0BF41BBC" w:rsidR="00A37564" w:rsidRPr="001D16C3" w:rsidRDefault="00A37564" w:rsidP="00A37564">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="29"/>
         <w:szCs w:val="40"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
@@ -4144,255 +4227,307 @@
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="29"/>
         <w:szCs w:val="40"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Unscheduled Immunisation Record Form</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="366F7AF5" w14:textId="243646DC" w:rsidR="00A37564" w:rsidRDefault="00A37564">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1F5FF546" w14:textId="77777777" w:rsidR="00A37564" w:rsidRDefault="00A37564">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002B38E2"/>
     <w:rsid w:val="00002A36"/>
     <w:rsid w:val="000256DE"/>
     <w:rsid w:val="00040BB2"/>
     <w:rsid w:val="000432B2"/>
     <w:rsid w:val="00056D2B"/>
     <w:rsid w:val="0006028C"/>
     <w:rsid w:val="000843AC"/>
     <w:rsid w:val="00094C21"/>
     <w:rsid w:val="000A0C42"/>
+    <w:rsid w:val="000C0159"/>
     <w:rsid w:val="000E4DFC"/>
     <w:rsid w:val="000E7685"/>
     <w:rsid w:val="00116FDD"/>
+    <w:rsid w:val="00132782"/>
+    <w:rsid w:val="00164836"/>
+    <w:rsid w:val="001833AF"/>
     <w:rsid w:val="001A4289"/>
+    <w:rsid w:val="001E62BA"/>
     <w:rsid w:val="001E66D7"/>
     <w:rsid w:val="00205AF8"/>
     <w:rsid w:val="00210044"/>
+    <w:rsid w:val="0021263C"/>
     <w:rsid w:val="002148E4"/>
     <w:rsid w:val="00231F05"/>
     <w:rsid w:val="00233600"/>
     <w:rsid w:val="00251781"/>
     <w:rsid w:val="002638FE"/>
     <w:rsid w:val="00275CA8"/>
     <w:rsid w:val="002A469E"/>
     <w:rsid w:val="002B116D"/>
     <w:rsid w:val="002B2F97"/>
     <w:rsid w:val="002B38E2"/>
+    <w:rsid w:val="002B579E"/>
     <w:rsid w:val="002C323B"/>
     <w:rsid w:val="002C4559"/>
     <w:rsid w:val="002F5F5C"/>
     <w:rsid w:val="00311D64"/>
+    <w:rsid w:val="00313FBF"/>
+    <w:rsid w:val="00315B27"/>
     <w:rsid w:val="00321C56"/>
     <w:rsid w:val="00331C6D"/>
+    <w:rsid w:val="00332D11"/>
     <w:rsid w:val="003407A1"/>
     <w:rsid w:val="003411E4"/>
     <w:rsid w:val="00344B69"/>
     <w:rsid w:val="00361AAD"/>
     <w:rsid w:val="00372293"/>
     <w:rsid w:val="00380438"/>
     <w:rsid w:val="0039437D"/>
+    <w:rsid w:val="003B6D43"/>
     <w:rsid w:val="003C02AB"/>
     <w:rsid w:val="003C431A"/>
+    <w:rsid w:val="003E0E6E"/>
     <w:rsid w:val="003F1B87"/>
     <w:rsid w:val="004022AD"/>
     <w:rsid w:val="00416B59"/>
     <w:rsid w:val="004424BD"/>
+    <w:rsid w:val="0045166D"/>
+    <w:rsid w:val="0045644E"/>
+    <w:rsid w:val="004628B7"/>
     <w:rsid w:val="00464281"/>
+    <w:rsid w:val="0046754E"/>
     <w:rsid w:val="00485271"/>
     <w:rsid w:val="00487055"/>
+    <w:rsid w:val="00494A71"/>
     <w:rsid w:val="0049537D"/>
     <w:rsid w:val="004C7A92"/>
     <w:rsid w:val="004E2581"/>
     <w:rsid w:val="004F0311"/>
     <w:rsid w:val="004F2380"/>
     <w:rsid w:val="00505175"/>
     <w:rsid w:val="00517722"/>
     <w:rsid w:val="005203B1"/>
     <w:rsid w:val="00533CD9"/>
+    <w:rsid w:val="0054073F"/>
+    <w:rsid w:val="00540D25"/>
     <w:rsid w:val="00541FE0"/>
     <w:rsid w:val="005456D2"/>
+    <w:rsid w:val="0054634C"/>
     <w:rsid w:val="00547B45"/>
     <w:rsid w:val="005577D7"/>
     <w:rsid w:val="00571D83"/>
     <w:rsid w:val="0057309F"/>
+    <w:rsid w:val="005A1BCE"/>
     <w:rsid w:val="005B487F"/>
     <w:rsid w:val="005C121B"/>
     <w:rsid w:val="005D5A93"/>
     <w:rsid w:val="005E1A24"/>
     <w:rsid w:val="005E4D48"/>
     <w:rsid w:val="006213BE"/>
+    <w:rsid w:val="00622F4E"/>
     <w:rsid w:val="00675749"/>
     <w:rsid w:val="00676DEC"/>
     <w:rsid w:val="0069267F"/>
     <w:rsid w:val="006B0186"/>
     <w:rsid w:val="006B2F41"/>
     <w:rsid w:val="006C09AA"/>
     <w:rsid w:val="006C21E1"/>
     <w:rsid w:val="006C575A"/>
     <w:rsid w:val="006D4E56"/>
     <w:rsid w:val="006F47E5"/>
     <w:rsid w:val="006F631A"/>
     <w:rsid w:val="007102F5"/>
     <w:rsid w:val="00726495"/>
     <w:rsid w:val="007355CC"/>
     <w:rsid w:val="00744C5F"/>
     <w:rsid w:val="0074544A"/>
     <w:rsid w:val="00747B31"/>
     <w:rsid w:val="0076305E"/>
     <w:rsid w:val="007649B1"/>
+    <w:rsid w:val="00774428"/>
     <w:rsid w:val="00777A34"/>
     <w:rsid w:val="00782DEB"/>
     <w:rsid w:val="00786E61"/>
     <w:rsid w:val="007C0B74"/>
     <w:rsid w:val="007C65E0"/>
     <w:rsid w:val="007D16EA"/>
+    <w:rsid w:val="00806715"/>
     <w:rsid w:val="00815355"/>
     <w:rsid w:val="00826CAD"/>
+    <w:rsid w:val="00840C42"/>
+    <w:rsid w:val="00842B69"/>
     <w:rsid w:val="00861036"/>
     <w:rsid w:val="00862719"/>
     <w:rsid w:val="00881735"/>
     <w:rsid w:val="00897FE4"/>
+    <w:rsid w:val="008C2F3C"/>
+    <w:rsid w:val="008D2D0A"/>
     <w:rsid w:val="008E37D6"/>
+    <w:rsid w:val="008F3430"/>
     <w:rsid w:val="00910F01"/>
     <w:rsid w:val="00921A9F"/>
     <w:rsid w:val="00932A07"/>
     <w:rsid w:val="009331D4"/>
     <w:rsid w:val="00935AD2"/>
+    <w:rsid w:val="00950E7E"/>
+    <w:rsid w:val="00961D32"/>
     <w:rsid w:val="00977A0B"/>
+    <w:rsid w:val="00982E22"/>
     <w:rsid w:val="00990732"/>
     <w:rsid w:val="00993DF4"/>
+    <w:rsid w:val="00996EB5"/>
+    <w:rsid w:val="009A035C"/>
+    <w:rsid w:val="009B4652"/>
+    <w:rsid w:val="009B684B"/>
     <w:rsid w:val="009C2290"/>
     <w:rsid w:val="009C4788"/>
     <w:rsid w:val="009D3E13"/>
     <w:rsid w:val="009D4614"/>
     <w:rsid w:val="009E65E7"/>
     <w:rsid w:val="009F2BA7"/>
     <w:rsid w:val="00A03ECD"/>
     <w:rsid w:val="00A37564"/>
     <w:rsid w:val="00A620E3"/>
     <w:rsid w:val="00A67240"/>
     <w:rsid w:val="00A94515"/>
+    <w:rsid w:val="00A94909"/>
     <w:rsid w:val="00AA01B9"/>
+    <w:rsid w:val="00AA507F"/>
     <w:rsid w:val="00AD5202"/>
     <w:rsid w:val="00AF20AC"/>
     <w:rsid w:val="00AF3D4F"/>
     <w:rsid w:val="00B052A1"/>
     <w:rsid w:val="00B07947"/>
     <w:rsid w:val="00B15EBC"/>
+    <w:rsid w:val="00B24C1C"/>
+    <w:rsid w:val="00B25802"/>
     <w:rsid w:val="00B45289"/>
     <w:rsid w:val="00B56D8A"/>
     <w:rsid w:val="00B60092"/>
     <w:rsid w:val="00B90523"/>
     <w:rsid w:val="00BA2AE2"/>
     <w:rsid w:val="00BA3063"/>
     <w:rsid w:val="00BB18B8"/>
     <w:rsid w:val="00BC12F2"/>
     <w:rsid w:val="00BC13D8"/>
     <w:rsid w:val="00BD650D"/>
     <w:rsid w:val="00BE26C4"/>
     <w:rsid w:val="00BE51C0"/>
     <w:rsid w:val="00C02A55"/>
     <w:rsid w:val="00C04289"/>
     <w:rsid w:val="00C15573"/>
     <w:rsid w:val="00C25293"/>
     <w:rsid w:val="00C30B27"/>
     <w:rsid w:val="00C507F4"/>
     <w:rsid w:val="00C808E2"/>
     <w:rsid w:val="00C80BBA"/>
     <w:rsid w:val="00CB22D7"/>
     <w:rsid w:val="00CB5A65"/>
     <w:rsid w:val="00CF3E4B"/>
     <w:rsid w:val="00CF6737"/>
+    <w:rsid w:val="00D055FA"/>
     <w:rsid w:val="00D132EC"/>
+    <w:rsid w:val="00D15AF3"/>
     <w:rsid w:val="00D2280D"/>
+    <w:rsid w:val="00D3402C"/>
     <w:rsid w:val="00D37906"/>
     <w:rsid w:val="00D43D77"/>
     <w:rsid w:val="00D607D3"/>
+    <w:rsid w:val="00D71520"/>
     <w:rsid w:val="00D772D4"/>
+    <w:rsid w:val="00D925C1"/>
     <w:rsid w:val="00DA0882"/>
+    <w:rsid w:val="00DB08DC"/>
+    <w:rsid w:val="00DC5EA6"/>
     <w:rsid w:val="00DC61EF"/>
     <w:rsid w:val="00E01D36"/>
     <w:rsid w:val="00E0790F"/>
+    <w:rsid w:val="00E15E7D"/>
+    <w:rsid w:val="00E35C6A"/>
     <w:rsid w:val="00E35DF8"/>
     <w:rsid w:val="00E423F9"/>
+    <w:rsid w:val="00E71408"/>
     <w:rsid w:val="00E87C20"/>
     <w:rsid w:val="00EA0525"/>
     <w:rsid w:val="00EE6A54"/>
     <w:rsid w:val="00F03934"/>
     <w:rsid w:val="00F04677"/>
     <w:rsid w:val="00F45487"/>
     <w:rsid w:val="00F756AA"/>
     <w:rsid w:val="00F807F5"/>
+    <w:rsid w:val="00FC5022"/>
     <w:rsid w:val="00FD05A8"/>
     <w:rsid w:val="00FD69F5"/>
+    <w:rsid w:val="00FE17EF"/>
     <w:rsid w:val="00FE57CB"/>
     <w:rsid w:val="00FE755E"/>
     <w:rsid w:val="00FF0D60"/>
     <w:rsid w:val="00FF4DC9"/>
+    <w:rsid w:val="00FF59C9"/>
     <w:rsid w:val="045F0437"/>
     <w:rsid w:val="12BBD431"/>
     <w:rsid w:val="15FDB252"/>
     <w:rsid w:val="19B1582A"/>
     <w:rsid w:val="1C8243CD"/>
     <w:rsid w:val="1D3233BB"/>
     <w:rsid w:val="24648AA9"/>
     <w:rsid w:val="24D07E68"/>
     <w:rsid w:val="2970E573"/>
     <w:rsid w:val="2B922B08"/>
     <w:rsid w:val="32EE4C8B"/>
     <w:rsid w:val="3CEC9595"/>
     <w:rsid w:val="3EB0A1EC"/>
     <w:rsid w:val="43B54C21"/>
     <w:rsid w:val="452E87BD"/>
     <w:rsid w:val="4E90EBF7"/>
     <w:rsid w:val="54644BBE"/>
     <w:rsid w:val="608B9B9D"/>
     <w:rsid w:val="62EDBDCC"/>
     <w:rsid w:val="652E3C18"/>
     <w:rsid w:val="67959326"/>
     <w:rsid w:val="68F89B9B"/>
     <w:rsid w:val="6A408000"/>
     <w:rsid w:val="7DC175C7"/>
   </w:rsids>
@@ -6023,65 +6158,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c9bf0ee-e2fa-4332-ade7-023316494af1" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9d032aaed2863b2c8bbb23c8f867f3a9" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D645F8889482814EBB8A3D6A36545BF4" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8d3c7fee1be1805f0773c1e90301d653">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2c9bf0ee-e2fa-4332-ade7-023316494af1" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac588c0bdda8550adca30fe84b0f29a1" ns2:_="" ns3:_="">
     <xsd:import namespace="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
     <xsd:import namespace="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TypeofDocument"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:TypeofFAQ" minOccurs="0"/>
                 <xsd:element ref="ns2:LifeCourse" minOccurs="0"/>
                 <xsd:element ref="ns2:VersionNumbers" minOccurs="0"/>
                 <xsd:element ref="ns2:Archive" minOccurs="0"/>
                 <xsd:element ref="ns2:TypeofDocument0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -6391,150 +6513,193 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TypeofFAQ xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
+    <TypeofFAQ xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
+      <Value>Non-specific vaccine info</Value>
+    </TypeofFAQ>
     <Archive xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">false</Archive>
     <test xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
     <VersionHistory xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
     <VersionNumbers xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
     <TaxCatchAll xmlns="fdfaf355-f7ae-47f3-8f93-739a60756710" xsi:nil="true"/>
     <TypeofDocument xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">Other</TypeofDocument>
     <LifeCourse xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
       <Value>Pre-School</Value>
       <Value>Changes Childhood Schedule</Value>
     </LifeCourse>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TypeofDocument0 xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1">Supporting documents</TypeofDocument0>
     <RetentionDate xmlns="2c9bf0ee-e2fa-4332-ade7-023316494af1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E712BC7-0017-4EFF-B43A-0EBA491CF7FE}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17D818BA-DCE1-4D69-A279-E4015EA7B218}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17DACC5C-55AE-4EB2-B1F2-BB44E36E37FD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
     <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6AC2A0-DC8F-4220-9F06-1D90DCCDF6A3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E712BC7-0017-4EFF-B43A-0EBA491CF7FE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DF39F0E-A8B5-4CAE-B6B2-86A634381941}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="2c9bf0ee-e2fa-4332-ade7-023316494af1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>155</Words>
-  <Characters>885</Characters>
+  <Characters>887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1038</CharactersWithSpaces>
+  <CharactersWithSpaces>1040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>6684794</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://phw.nhs.wales/topics/immunisation-and-vaccines/vaccines-professionals/changes-to-the-childhood-immunisation-schedule-information-for-health-professionals/mmrv-eligibility-tool-on-1-january-2026/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Carys Rees (Public Health Wales - No. 2 Capital Quarter)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D645F8889482814EBB8A3D6A36545BF4</vt:lpwstr>