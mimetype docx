--- v0 (2025-12-06)
+++ v1 (2026-03-08)
@@ -1,534 +1,2227 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4C775607" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="518A21A7" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="192C201D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Insert GP Surgery]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B39F170" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4CD8BCA5" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[First Address Line]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F03380" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="31C9E40D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Second Address Line]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F478DC" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="293EA5F5" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Town/City]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACD7513" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="63717CAC" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Postcode]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47113C22" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="18E32B95" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Contact Number]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3CC335" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Date]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6519C6CE" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28ECC519" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dear [Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E521804" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E0BC16D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="4E701351" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="04086BB0" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+        </w:rPr>
+        <w:t>It is time to get your respiratory syncytial virus (RSV) vaccination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA1D74E" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5217E06E" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="27CD8CC0" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To book your appointment, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>you can:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7909BD37" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+        </w:rPr>
+        <w:t>[delete and complete with details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139D6B2F" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="005F71C5" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="005F71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="05ACDE58" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+        </w:rPr>
+        <w:t xml:space="preserve">phone us on (XXXX) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19259DDA" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="005F71C5" w:rsidRDefault="0085465E" w:rsidP="0085465E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="005F71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+        <w:t>contact us through our website at (XXXX), or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53257B60" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="005F71C5" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F71C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email us at (XXXX).] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFB0124" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="00146A6F" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rydym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>croesawu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>byst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ffôn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gymraeg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Byddwn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gymraeg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ddi-oed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="786F1E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. We welcome emails and phone calls in Welsh. We will respond in Welsh without delay.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B67B82A" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1511074A" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RSV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="176D4F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>common cause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="176D4F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>coughs, colds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="176D4F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="68E08273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>chest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> infections</w:t>
+      </w:r>
+      <w:r w:rsidRPr="68E08273">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="176D4F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4951682A" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5315FBA2" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For most people, RSV causes a mild illness. However, older people are at </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">higher </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>risk of serious illness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">especially if they have health conditions such as heart or lung disease or a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>weak</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> immune system. Sometimes, people who get ill from RSV infection need to go to hospital. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6350AB" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="361A694B" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The RSV vaccine is offered as a single dose</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at any time of the year.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Getting your RSV vaccination is one of the best ways to help protect yourself from severe illness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E462C6D" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="002372AA" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552324B1" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk178785967"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B6B2FEC" wp14:editId="0D94B313">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>4381500</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>3810</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1534795" cy="2019935"/>
+            <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="1609" y="0"/>
+                <wp:lineTo x="0" y="1222"/>
+                <wp:lineTo x="0" y="20167"/>
+                <wp:lineTo x="1609" y="21390"/>
+                <wp:lineTo x="19839" y="21390"/>
+                <wp:lineTo x="21448" y="20167"/>
+                <wp:lineTo x="21448" y="1222"/>
+                <wp:lineTo x="19839" y="0"/>
+                <wp:lineTo x="1609" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1281070207" name="Picture 2" descr="A qr code on a black background&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1281070207" name="Picture 2" descr="A qr code on a black background&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1534795" cy="2019935"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>For more information about the RSV vaccine, you can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40438500" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="00507982" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222A35"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>isit the Public Health Wales website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:tooltip="https://phw.nhs.wales/rsv-older-adults" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00996D2E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>phw.nhs.wales</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00996D2E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>/RSV-older-adults</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79521DA6" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>atch a short video by Public Health Wales</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (by scanning the QR code), or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E48628A" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="00BF0971" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222A35"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ontact the surgery</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F91E14" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0503A5DC" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Yours sincerely</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77FE8C0F" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B5022EB" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dr [Name] and partners</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C587ACB" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Name] Surgery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796BAD76" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32EA8167" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697317DE" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F679C7A" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please use the space below to write down the date and time of your appointment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44EAE5B0" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="027A6409" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I am going for my RSV vaccination on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5C719B" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="717F13F6" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="332DAE3E" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A824D52" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Time</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DD49F5" w14:textId="77777777" w:rsidR="0085465E" w:rsidRPr="0074796A" w:rsidRDefault="0085465E" w:rsidP="0085465E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62D4F3FB" w14:textId="77777777" w:rsidR="0085465E" w:rsidRDefault="0085465E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C775607" w14:textId="52BAC99A" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Enw’r Practis Meddyg Teulu]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192C201D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Llinell Cyfeiriad Cyntaf]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD8BCA5" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Ail Linell Cyfeiriad]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C9E40D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Tref/Dinas]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293EA5F5" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Cod post]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63717CAC" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Rhif Cyswllt]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C8B611" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>[Dyddiad]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FD6D04" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="364BE6D4" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>Annwyl [Enw]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E32B95" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E0BC16D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mae'n bryd cael eich brechiad </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>feirws</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>syncytiol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anadlol (RSV).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04086BB0" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5217E06E" w14:textId="098E5F85" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I drefnu apwyntiad, gallwch wneud y canlynol: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>cysylltu â ni drwy ein gwefan yn (XXXX); neu</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="53DA9715" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+        <w:t>[dile</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC6BFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a chwblhau gyda</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0F2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>’r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074796A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manylion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7909BD37" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">e-bostio ni yn (XXXX).] </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">ffonio ni ar (XXXX); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05ACDE58" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:pPr>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>cysylltu â ni drwy ein gwefan yn (XXXX); neu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DA9715" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t>Mae RSV yn achos cyffredin heintiau yn y pibellau anadlu, megis y trwyn, y gwddf, y llwybrau anadlu neu'r ysgyfaint.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="2E09FFBB" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+        <w:t xml:space="preserve">e-bostio ni yn (XXXX).] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A5A9F5" w14:textId="60CB10A3" w:rsidR="00CC335E" w:rsidRPr="00DE634E" w:rsidRDefault="3961020A" w:rsidP="00DE634E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="50A47FED" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Rydym</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>croesawu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>byst</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>galwadau</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ffôn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gymraeg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Byddwn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ymateb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gymraeg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>yn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ddi-oed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E2D48D" w14:textId="3180E3D9" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...66 lines deleted...]
-    </w:p>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5049B324" w14:textId="77777777" w:rsidR="009305C1" w:rsidRPr="008C10E5" w:rsidRDefault="009305C1" w:rsidP="009305C1">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk221523278"/>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>Mae RSV yn achos cyffredin o peswch, annwyd a heintiau ar y frest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366A59A0" w14:textId="77777777" w:rsidR="009305C1" w:rsidRPr="008C10E5" w:rsidRDefault="009305C1" w:rsidP="009305C1">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28FD1808" w14:textId="77777777" w:rsidR="009305C1" w:rsidRPr="008C10E5" w:rsidRDefault="009305C1" w:rsidP="009305C1">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>I'r rhan fwyaf o bobl, mae RSV yn achosi salwch ysgafn. Fodd bynnag, mae pobl hŷn mewn mwy o berygl o salwch difrifol, yn enwedig os oes ganddynt gyflyrau iechyd fel clefyd y galon neu'r ysgyfaint neu system imiwnedd wan. Weithiau, mae angen i bobl sy'n mynd yn sâl o ganlyniad i haint RSV fynd i'r ysbyty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108FBAA2" w14:textId="77777777" w:rsidR="009305C1" w:rsidRPr="008C10E5" w:rsidRDefault="009305C1" w:rsidP="009305C1">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F79684" w14:textId="77777777" w:rsidR="009305C1" w:rsidRPr="008C10E5" w:rsidRDefault="009305C1" w:rsidP="009305C1">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mae'r brechlyn RSV yn cael ei gynnig fel dos </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t>untro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C10E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="242424"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar unrhyw adeg o'r flwyddyn. Cael eich brechiad RSV yw un o'r ffyrdd gorau o helpu i amddiffyn eich hun rhag salwch difrifol.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="036C91C4" w14:textId="39FC6ED7" w:rsidR="00CC335E" w:rsidRPr="002372AA" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7720C452" w14:textId="348B5CB1" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="006567C4" w:rsidP="00CC335E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="384A1151" wp14:editId="09C54EFE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="384A1151" wp14:editId="730478A1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4419600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>8255</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1500505" cy="1971675"/>
             <wp:effectExtent l="0" t="0" r="4445" b="9525"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="1645" y="0"/>
                 <wp:lineTo x="0" y="1043"/>
                 <wp:lineTo x="0" y="20243"/>
                 <wp:lineTo x="1371" y="21496"/>
                 <wp:lineTo x="1645" y="21496"/>
                 <wp:lineTo x="19744" y="21496"/>
                 <wp:lineTo x="20293" y="21496"/>
                 <wp:lineTo x="21390" y="20452"/>
                 <wp:lineTo x="21390" y="1043"/>
                 <wp:lineTo x="19744" y="0"/>
                 <wp:lineTo x="1645" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1444178788" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1500505" cy="1971675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
@@ -550,207 +2243,210 @@
     </w:p>
     <w:p w14:paraId="77FD3099" w14:textId="79B32EAC" w:rsidR="00300664" w:rsidRPr="00300664" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222A35"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>mynd i wefan Iechyd Cyhoeddus Cymru yn</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F187FDD" w14:textId="4B486D06" w:rsidR="00CC335E" w:rsidRPr="00300664" w:rsidRDefault="006567C4" w:rsidP="00300664">
+    <w:p w14:paraId="3F187FDD" w14:textId="28F858E9" w:rsidR="00CC335E" w:rsidRPr="00300664" w:rsidRDefault="00300664" w:rsidP="00300664">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222A35"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="https://icc.gig.cymru/rsv-oedolion-hyn" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:tooltip="https://icc.gig.cymru/rsv-oedolion-hyn" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidR="00300664" w:rsidRPr="00300664">
+        <w:r w:rsidRPr="00300664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>icc.gig.cymru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidR="00300664" w:rsidRPr="00300664">
+        <w:r w:rsidRPr="00300664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>/RSV-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00300664" w:rsidRPr="00300664">
+        <w:r w:rsidRPr="00300664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>oedolion</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
-        <w:r w:rsidR="00300664" w:rsidRPr="00300664">
+        <w:r w:rsidRPr="00300664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00300664" w:rsidRPr="00300664">
+        <w:r w:rsidRPr="00300664">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>hyn</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00300664" w:rsidRPr="00996D2E">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00CC335E" w:rsidRPr="00300664">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EE27B7" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="29EE27B7" w14:textId="3C3C4D1A" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">gwylio fideo byr gan Iechyd Cyhoeddus Cymru (trwy sganio'r cod QR); neu </w:t>
+        <w:t>gwylio fideo byr gan Iechyd Cyhoeddus Cymru (trwy sganio'r cod QR)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE634E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neu </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30765692" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="00BF0971" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222A35"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>gysylltu â'ch practis meddyg teulu.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E3F6A1" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="46E3F6A1" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="00DE634E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="25"/>
-          <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3279654B" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Yr eiddoch yn gywir</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="762FA9D0" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -765,68 +2461,72 @@
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Dr [Enw] a phartneriaid</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="372681DB" w14:textId="44D2575B" w:rsidR="00CC335E" w:rsidRDefault="00CC335E" w:rsidP="00300664">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Practis Meddyg Teulu [Enw]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B50755D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+    <w:p w14:paraId="5B50755D" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="00DE634E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="38B36393" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38B36393" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="00DE634E" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54FFE2BB" w14:textId="77777777" w:rsidR="00CC335E" w:rsidRPr="0074796A" w:rsidRDefault="00CC335E" w:rsidP="00CC335E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t>Defnyddiwch y gofod isod i ysgrifennu dyddiad ac amser eich apwyntiad</w:t>
       </w:r>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -905,1415 +2605,397 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CCB5930" w14:textId="75E52D87" w:rsidR="00CC335E" w:rsidRDefault="00CC335E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074796A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Amser: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBD211E" w14:textId="77777777" w:rsidR="006567C4" w:rsidRPr="0074796A" w:rsidRDefault="006567C4" w:rsidP="006567C4">
-[...1093 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:p w14:paraId="6995F896" w14:textId="77777777" w:rsidR="009305C1" w:rsidRDefault="009305C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E751112" w14:textId="77777777" w:rsidR="009305C1" w:rsidRDefault="009305C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="cy-GB" w:bidi="cy-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009305C1" w:rsidSect="00996D2E">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E9AFA2" w14:textId="77777777" w:rsidR="009167DF" w:rsidRDefault="009167DF" w:rsidP="00274D07">
+    <w:p w14:paraId="48E67FA5" w14:textId="77777777" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="00274D07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="567F4819" w14:textId="77777777" w:rsidR="009167DF" w:rsidRDefault="009167DF" w:rsidP="00274D07">
+    <w:p w14:paraId="35DE62A4" w14:textId="77777777" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="00274D07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67E9C822" w14:textId="77777777" w:rsidR="00025C5A" w:rsidRDefault="00025C5A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="048F7AE3" w14:textId="77777777" w:rsidR="00025C5A" w:rsidRDefault="00025C5A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6E218CDD" w14:textId="77777777" w:rsidR="00025C5A" w:rsidRDefault="00025C5A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C4CD028" w14:textId="77777777" w:rsidR="009167DF" w:rsidRDefault="009167DF" w:rsidP="00274D07">
+    <w:p w14:paraId="1941EC23" w14:textId="77777777" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="00274D07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68593369" w14:textId="77777777" w:rsidR="009167DF" w:rsidRDefault="009167DF" w:rsidP="00274D07">
+    <w:p w14:paraId="2FAE5206" w14:textId="77777777" w:rsidR="00EE4065" w:rsidRDefault="00EE4065" w:rsidP="00274D07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="515C6EC8" w14:textId="2987EC9D" w:rsidR="00274D07" w:rsidRDefault="00274D07" w:rsidP="00274D07">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37A3C12C" w14:textId="77777777" w:rsidR="00025C5A" w:rsidRDefault="00025C5A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="515C6EC8" w14:textId="5C30D989" w:rsidR="00274D07" w:rsidRDefault="00025C5A" w:rsidP="00274D07">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00274D07">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438A6D94" wp14:editId="2D6B3F5E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="115E5F9D" wp14:editId="11B2B20C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-200025</wp:posOffset>
+            <wp:posOffset>-113665</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-191770</wp:posOffset>
+            <wp:posOffset>-228047</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="3025140" cy="560705"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20548"/>
+              <wp:lineTo x="21491" y="20548"/>
+              <wp:lineTo x="21491" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="3" name="Picture 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="3" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3025140" cy="560705"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00274D07">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="438A6D94" wp14:editId="26BE23C9">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4181144</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-231527</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2114550" cy="607695"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20991"/>
               <wp:lineTo x="21405" y="20991"/>
               <wp:lineTo x="21405" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2114550" cy="607695"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00274D07">
-[...68 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="2E4C7217" w14:textId="4BA40B82" w:rsidR="00274D07" w:rsidRDefault="00274D07">
+  <w:p w14:paraId="2E4C7217" w14:textId="0DB7B895" w:rsidR="00274D07" w:rsidRDefault="00274D07">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="719379A7" w14:textId="77777777" w:rsidR="00025C5A" w:rsidRDefault="00025C5A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C7678F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="667C2996"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2622,289 +3304,388 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="947346545">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="135997915">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="922296755">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B5694"/>
     <w:rsid w:val="00004E42"/>
     <w:rsid w:val="00005620"/>
     <w:rsid w:val="00021DDC"/>
+    <w:rsid w:val="00025C5A"/>
+    <w:rsid w:val="00027E8C"/>
     <w:rsid w:val="00031035"/>
     <w:rsid w:val="000327DD"/>
     <w:rsid w:val="00035508"/>
     <w:rsid w:val="00036711"/>
     <w:rsid w:val="000436A3"/>
+    <w:rsid w:val="00043F7E"/>
+    <w:rsid w:val="00056D44"/>
     <w:rsid w:val="0006255E"/>
     <w:rsid w:val="000860E7"/>
     <w:rsid w:val="000B65FC"/>
     <w:rsid w:val="000D1364"/>
     <w:rsid w:val="000E67BC"/>
     <w:rsid w:val="00114587"/>
     <w:rsid w:val="001442A4"/>
+    <w:rsid w:val="00146A6F"/>
     <w:rsid w:val="0015329D"/>
     <w:rsid w:val="00162D63"/>
     <w:rsid w:val="00172FFA"/>
     <w:rsid w:val="00174618"/>
+    <w:rsid w:val="00191D1F"/>
     <w:rsid w:val="001A3042"/>
     <w:rsid w:val="001B0963"/>
     <w:rsid w:val="001B5D1D"/>
+    <w:rsid w:val="001B62DA"/>
+    <w:rsid w:val="001C67FD"/>
     <w:rsid w:val="002026C7"/>
     <w:rsid w:val="00214ADF"/>
     <w:rsid w:val="002157D7"/>
+    <w:rsid w:val="00232627"/>
+    <w:rsid w:val="002447C9"/>
+    <w:rsid w:val="00252835"/>
     <w:rsid w:val="00266D53"/>
     <w:rsid w:val="0027176E"/>
     <w:rsid w:val="00274D07"/>
+    <w:rsid w:val="002868E1"/>
     <w:rsid w:val="002906A2"/>
     <w:rsid w:val="002A11A6"/>
+    <w:rsid w:val="002A3B12"/>
+    <w:rsid w:val="002B687B"/>
     <w:rsid w:val="002C6740"/>
+    <w:rsid w:val="002D1678"/>
     <w:rsid w:val="002E14AF"/>
     <w:rsid w:val="002E29AF"/>
     <w:rsid w:val="002E7D64"/>
     <w:rsid w:val="00300664"/>
     <w:rsid w:val="0030431F"/>
+    <w:rsid w:val="00315A16"/>
+    <w:rsid w:val="00331135"/>
     <w:rsid w:val="003334CE"/>
     <w:rsid w:val="00333806"/>
     <w:rsid w:val="00347E06"/>
+    <w:rsid w:val="00355E58"/>
     <w:rsid w:val="00375F5D"/>
     <w:rsid w:val="0037776A"/>
+    <w:rsid w:val="0038225B"/>
+    <w:rsid w:val="00392766"/>
     <w:rsid w:val="003A03EA"/>
     <w:rsid w:val="003A2A71"/>
     <w:rsid w:val="003D40E4"/>
     <w:rsid w:val="003D5F9B"/>
     <w:rsid w:val="003E0439"/>
     <w:rsid w:val="003E1F3D"/>
     <w:rsid w:val="003F6F3B"/>
     <w:rsid w:val="0040189E"/>
     <w:rsid w:val="00405EF9"/>
     <w:rsid w:val="004072CA"/>
+    <w:rsid w:val="00422C56"/>
     <w:rsid w:val="0043162D"/>
     <w:rsid w:val="00432CA2"/>
+    <w:rsid w:val="00437CBA"/>
     <w:rsid w:val="00443C6D"/>
     <w:rsid w:val="00494F13"/>
     <w:rsid w:val="004A4B8A"/>
     <w:rsid w:val="004A4FFC"/>
     <w:rsid w:val="004C19BC"/>
+    <w:rsid w:val="004C1D2D"/>
     <w:rsid w:val="004C6009"/>
     <w:rsid w:val="004C7F93"/>
     <w:rsid w:val="004C7FDB"/>
+    <w:rsid w:val="004D49CF"/>
+    <w:rsid w:val="004F775D"/>
     <w:rsid w:val="005003F0"/>
     <w:rsid w:val="00507982"/>
     <w:rsid w:val="0051020D"/>
     <w:rsid w:val="00532984"/>
+    <w:rsid w:val="00541195"/>
     <w:rsid w:val="00547FBF"/>
+    <w:rsid w:val="00563696"/>
     <w:rsid w:val="005706B3"/>
     <w:rsid w:val="005721C6"/>
     <w:rsid w:val="00574AF9"/>
+    <w:rsid w:val="00597036"/>
+    <w:rsid w:val="005A6F86"/>
     <w:rsid w:val="005B48F1"/>
     <w:rsid w:val="005B66D4"/>
+    <w:rsid w:val="005B7C13"/>
     <w:rsid w:val="005C7068"/>
     <w:rsid w:val="005F4386"/>
     <w:rsid w:val="005F475E"/>
+    <w:rsid w:val="005F71C5"/>
+    <w:rsid w:val="00605126"/>
     <w:rsid w:val="006567C4"/>
     <w:rsid w:val="00670D1D"/>
     <w:rsid w:val="0068421D"/>
+    <w:rsid w:val="00684FCA"/>
     <w:rsid w:val="006928CE"/>
     <w:rsid w:val="006A6DEB"/>
     <w:rsid w:val="006B2D8E"/>
     <w:rsid w:val="006B5694"/>
+    <w:rsid w:val="006C78AF"/>
     <w:rsid w:val="006C7E6D"/>
     <w:rsid w:val="006D052E"/>
+    <w:rsid w:val="0070084C"/>
     <w:rsid w:val="007066AC"/>
     <w:rsid w:val="0071236E"/>
     <w:rsid w:val="0074796A"/>
     <w:rsid w:val="007664EF"/>
     <w:rsid w:val="00771BB3"/>
     <w:rsid w:val="00790F25"/>
+    <w:rsid w:val="00792C1E"/>
     <w:rsid w:val="00795774"/>
     <w:rsid w:val="00797616"/>
     <w:rsid w:val="007A4545"/>
     <w:rsid w:val="007B18FA"/>
     <w:rsid w:val="007B71FF"/>
     <w:rsid w:val="007F06AB"/>
     <w:rsid w:val="007F4137"/>
     <w:rsid w:val="0081340F"/>
     <w:rsid w:val="00813996"/>
     <w:rsid w:val="00813AB0"/>
+    <w:rsid w:val="00813D21"/>
     <w:rsid w:val="008158DF"/>
     <w:rsid w:val="00825618"/>
+    <w:rsid w:val="008317E5"/>
+    <w:rsid w:val="00835692"/>
     <w:rsid w:val="00842697"/>
+    <w:rsid w:val="0085465E"/>
     <w:rsid w:val="00885535"/>
     <w:rsid w:val="00885FEB"/>
+    <w:rsid w:val="008A28FB"/>
     <w:rsid w:val="008A41AB"/>
+    <w:rsid w:val="008B5C61"/>
     <w:rsid w:val="008C4537"/>
     <w:rsid w:val="008D1E6D"/>
+    <w:rsid w:val="008D2064"/>
+    <w:rsid w:val="008D26F0"/>
     <w:rsid w:val="008E4541"/>
+    <w:rsid w:val="008E4BB8"/>
+    <w:rsid w:val="008F2ED3"/>
+    <w:rsid w:val="008F4CD5"/>
     <w:rsid w:val="008F71AF"/>
     <w:rsid w:val="00904AAE"/>
     <w:rsid w:val="0090749C"/>
+    <w:rsid w:val="00911616"/>
+    <w:rsid w:val="00912D87"/>
     <w:rsid w:val="009167DF"/>
+    <w:rsid w:val="009305C1"/>
     <w:rsid w:val="009338C7"/>
     <w:rsid w:val="00933D7C"/>
     <w:rsid w:val="00945730"/>
     <w:rsid w:val="0094665E"/>
     <w:rsid w:val="00982718"/>
     <w:rsid w:val="00996D2E"/>
     <w:rsid w:val="009A35D9"/>
+    <w:rsid w:val="009B178C"/>
     <w:rsid w:val="009B4547"/>
     <w:rsid w:val="009D27B8"/>
+    <w:rsid w:val="009D2D11"/>
     <w:rsid w:val="009D6A0E"/>
+    <w:rsid w:val="009E6674"/>
     <w:rsid w:val="00A0000E"/>
     <w:rsid w:val="00A1198C"/>
+    <w:rsid w:val="00A1778E"/>
     <w:rsid w:val="00A17BE4"/>
     <w:rsid w:val="00A3216C"/>
     <w:rsid w:val="00A3309E"/>
+    <w:rsid w:val="00A53A70"/>
     <w:rsid w:val="00A53CE8"/>
+    <w:rsid w:val="00A54B95"/>
     <w:rsid w:val="00A72827"/>
     <w:rsid w:val="00A87CEB"/>
     <w:rsid w:val="00A94DEB"/>
     <w:rsid w:val="00AA07A5"/>
+    <w:rsid w:val="00AB63B6"/>
     <w:rsid w:val="00AC1C6A"/>
     <w:rsid w:val="00AE656E"/>
     <w:rsid w:val="00AF41B3"/>
+    <w:rsid w:val="00B00D97"/>
+    <w:rsid w:val="00B342BB"/>
     <w:rsid w:val="00B421CF"/>
+    <w:rsid w:val="00B4252C"/>
     <w:rsid w:val="00B47BA9"/>
     <w:rsid w:val="00B67743"/>
     <w:rsid w:val="00B701E7"/>
     <w:rsid w:val="00B75907"/>
+    <w:rsid w:val="00BB0F2B"/>
     <w:rsid w:val="00BB20FD"/>
     <w:rsid w:val="00BC5B3E"/>
     <w:rsid w:val="00BD1617"/>
+    <w:rsid w:val="00BD3E45"/>
     <w:rsid w:val="00BF0971"/>
     <w:rsid w:val="00BF1D11"/>
     <w:rsid w:val="00C202FC"/>
+    <w:rsid w:val="00C42ABE"/>
     <w:rsid w:val="00C435BD"/>
     <w:rsid w:val="00C4378B"/>
     <w:rsid w:val="00C47CD3"/>
+    <w:rsid w:val="00C57745"/>
     <w:rsid w:val="00C6001C"/>
     <w:rsid w:val="00C6261C"/>
+    <w:rsid w:val="00C67E30"/>
     <w:rsid w:val="00C75A1A"/>
     <w:rsid w:val="00C82DCA"/>
     <w:rsid w:val="00C83F7C"/>
     <w:rsid w:val="00C933E6"/>
     <w:rsid w:val="00CA6663"/>
+    <w:rsid w:val="00CC0547"/>
     <w:rsid w:val="00CC335E"/>
+    <w:rsid w:val="00CC6BFD"/>
+    <w:rsid w:val="00CC79F8"/>
     <w:rsid w:val="00CD0248"/>
     <w:rsid w:val="00CE26CB"/>
     <w:rsid w:val="00CE449D"/>
+    <w:rsid w:val="00D21BBB"/>
+    <w:rsid w:val="00D447A5"/>
     <w:rsid w:val="00D44D52"/>
+    <w:rsid w:val="00D54AA9"/>
     <w:rsid w:val="00D90B16"/>
     <w:rsid w:val="00D93A6F"/>
+    <w:rsid w:val="00DD119C"/>
     <w:rsid w:val="00DD4BEE"/>
+    <w:rsid w:val="00DE634E"/>
     <w:rsid w:val="00E036D2"/>
     <w:rsid w:val="00E0443B"/>
     <w:rsid w:val="00E05821"/>
+    <w:rsid w:val="00E10D0C"/>
     <w:rsid w:val="00E31F28"/>
     <w:rsid w:val="00E452A0"/>
     <w:rsid w:val="00E46AF6"/>
     <w:rsid w:val="00E5796D"/>
     <w:rsid w:val="00E60663"/>
     <w:rsid w:val="00E66C72"/>
+    <w:rsid w:val="00E67BC8"/>
+    <w:rsid w:val="00E96C11"/>
+    <w:rsid w:val="00EE4065"/>
     <w:rsid w:val="00EE5840"/>
     <w:rsid w:val="00F16085"/>
     <w:rsid w:val="00F37998"/>
     <w:rsid w:val="00F43260"/>
+    <w:rsid w:val="00F73068"/>
+    <w:rsid w:val="00F8692F"/>
     <w:rsid w:val="00FA6BD4"/>
     <w:rsid w:val="00FB61C3"/>
     <w:rsid w:val="00FC0ECD"/>
     <w:rsid w:val="00FC3573"/>
+    <w:rsid w:val="00FC3616"/>
     <w:rsid w:val="00FF19A8"/>
+    <w:rsid w:val="00FF21BC"/>
+    <w:rsid w:val="00FF4E39"/>
+    <w:rsid w:val="04ACA88F"/>
+    <w:rsid w:val="176D4F31"/>
+    <w:rsid w:val="17C60AF2"/>
+    <w:rsid w:val="196E4648"/>
+    <w:rsid w:val="2363C3D9"/>
+    <w:rsid w:val="23FC21A9"/>
+    <w:rsid w:val="2F530B71"/>
+    <w:rsid w:val="3913139A"/>
+    <w:rsid w:val="3961020A"/>
+    <w:rsid w:val="423E6850"/>
+    <w:rsid w:val="559EBAD9"/>
+    <w:rsid w:val="62E77B34"/>
+    <w:rsid w:val="63AA6EC4"/>
+    <w:rsid w:val="68E08273"/>
+    <w:rsid w:val="6E3409FB"/>
+    <w:rsid w:val="786F1E05"/>
+    <w:rsid w:val="7C49C5FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7A42F3AC"/>
   <w15:docId w15:val="{9534A29E-0031-4903-932E-C276C530A620}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3564,78 +4345,86 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00004E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00004E42"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-GB"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="009305C1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1430278145">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icc.gig.cymru/RSV-oedolion-hyn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/RSV-older-adults" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icc.gig.cymru/RSV-oedolion-hyn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/RSV-older-adults" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -3903,177 +4692,382 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005E292F9FDDF97946BAEAC42ED7AE21B0" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c49ca6e32fc7defa2a74b530c8ebe7ee">
-[...2 lines deleted...]
-    <xsd:import namespace="f366afda-3745-45ac-b089-2151a6f325da"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fdfaf355-f7ae-47f3-8f93-739a60756710" xsi:nil="true"/>
+    <Archive0 xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">false</Archive0>
+    <Typeofresource xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">Invitation letter</Typeofresource>
+    <Date xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+    <ISBNnumber xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+    <Vaccinename xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">
+      <Value>RSV</Value>
+    </Vaccinename>
+    <Topic xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">
+      <Value>Adult</Value>
+    </Topic>
+    <Language xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+    <Version_x0020__x002f__x0020_Year xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+    <Archive xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+    <relatingtoresource xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">Initial content / working draft</relatingtoresource>
+    <HIRLink xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </HIRLink>
+    <SKUNumber xmlns="c5c4c049-fd51-4c1e-8931-c678015eeba8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C2EEB5CED91B224BADEEF37F9C36D513" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="aa92d179716acc8f2999f28767fec8d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c5c4c049-fd51-4c1e-8931-c678015eeba8" xmlns:ns3="fdfaf355-f7ae-47f3-8f93-739a60756710" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bb68ad5fe965d0b7c20941833ad7baae" ns2:_="" ns3:_="">
+    <xsd:import namespace="c5c4c049-fd51-4c1e-8931-c678015eeba8"/>
+    <xsd:import namespace="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
+                <xsd:element ref="ns2:Topic" minOccurs="0"/>
+                <xsd:element ref="ns2:Vaccinename" minOccurs="0"/>
+                <xsd:element ref="ns2:Typeofresource"/>
+                <xsd:element ref="ns2:relatingtoresource"/>
+                <xsd:element ref="ns2:SKUNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:HIRLink" minOccurs="0"/>
+                <xsd:element ref="ns2:Version_x0020__x002f__x0020_Year" minOccurs="0"/>
+                <xsd:element ref="ns2:ISBNnumber" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
+                <xsd:element ref="ns2:Language" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:Archive" minOccurs="0"/>
+                <xsd:element ref="ns2:Archive0" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fd22ef30-2ac2-40dc-8039-cc1d65575c56" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c5c4c049-fd51-4c1e-8931-c678015eeba8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="Topic" ma:index="8" nillable="true" ma:displayName="Life Course" ma:format="Dropdown" ma:internalName="Topic" ma:requiredMultiChoice="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Adult"/>
+                    <xsd:enumeration value="Generic Life Course"/>
+                    <xsd:enumeration value="Pregnancy"/>
+                    <xsd:enumeration value="School Age"/>
+                    <xsd:enumeration value="Pre-School"/>
+                    <xsd:enumeration value="Changes Childhood Schedule"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Vaccinename" ma:index="9" nillable="true" ma:displayName="Vaccine name " ma:description="Name of specific vaccine " ma:format="Dropdown" ma:internalName="Vaccinename" ma:requiredMultiChoice="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="BCG"/>
+                    <xsd:enumeration value="Combined Vaccines"/>
+                    <xsd:enumeration value="Flu"/>
+                    <xsd:enumeration value="HPV"/>
+                    <xsd:enumeration value="3in1: Teenage Booster"/>
+                    <xsd:enumeration value="MenACWY"/>
+                    <xsd:enumeration value="Covid19"/>
+                    <xsd:enumeration value="RSV"/>
+                    <xsd:enumeration value="MMR"/>
+                    <xsd:enumeration value="MMRV &amp; MMR"/>
+                    <xsd:enumeration value="Non-specific vaccine info"/>
+                    <xsd:enumeration value="HIB/MenC"/>
+                    <xsd:enumeration value="Measles"/>
+                    <xsd:enumeration value="MenB"/>
+                    <xsd:enumeration value="Mpox"/>
+                    <xsd:enumeration value="Pneumococcal"/>
+                    <xsd:enumeration value="Rotavirus"/>
+                    <xsd:enumeration value="Shingles"/>
+                    <xsd:enumeration value="Whooping Cough"/>
+                    <xsd:enumeration value="4in1: For Pre-School"/>
+                    <xsd:enumeration value="6in1: For Babies"/>
+                    <xsd:enumeration value="Specific vaccine info"/>
+                    <xsd:enumeration value="N/A"/>
+                    <xsd:enumeration value="MenB for Gono"/>
+                    <xsd:enumeration value="Choice 25"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Typeofresource" ma:index="10" ma:displayName="Type of resource" ma:description="What type of resource this is " ma:format="Dropdown" ma:internalName="Typeofresource">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Leaflet (DL)"/>
+          <xsd:enumeration value="Large Print"/>
+          <xsd:enumeration value="Easy Read"/>
+          <xsd:enumeration value="Audio"/>
+          <xsd:enumeration value="Poster"/>
+          <xsd:enumeration value="Stickers"/>
+          <xsd:enumeration value="Vaccination card"/>
+          <xsd:enumeration value="BSL"/>
+          <xsd:enumeration value="Other"/>
+          <xsd:enumeration value="E-Learning"/>
+          <xsd:enumeration value="Invitation letter"/>
+          <xsd:enumeration value="Toolkit"/>
+          <xsd:enumeration value="Fletter"/>
+          <xsd:enumeration value="Public Facing Webpage"/>
+          <xsd:enumeration value="Briefing Document"/>
+          <xsd:enumeration value="Clinical Script"/>
+          <xsd:enumeration value="HCP SP FAQs"/>
+          <xsd:enumeration value="Minority Languages"/>
+          <xsd:enumeration value="Visual aid"/>
+          <xsd:enumeration value="Videos"/>
+          <xsd:enumeration value="Resource pack"/>
+          <xsd:enumeration value="Guidance and reports"/>
+          <xsd:enumeration value="Infographics"/>
+          <xsd:enumeration value="Comic strips"/>
+          <xsd:enumeration value="Booklets"/>
+          <xsd:enumeration value="Immunisation schedule"/>
+          <xsd:enumeration value="Consent forms"/>
+          <xsd:enumeration value="Letters"/>
+          <xsd:enumeration value="Training Slide Set"/>
+          <xsd:enumeration value="Supporting document"/>
+          <xsd:enumeration value="Fact Sheet"/>
+          <xsd:enumeration value="Survey"/>
+          <xsd:enumeration value="Project"/>
+          <xsd:enumeration value="Reference document"/>
+          <xsd:enumeration value="HCP webpage"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="relatingtoresource" ma:index="11" ma:displayName="Identifiers / Markers" ma:description="What type of document this is, i.e is it he crystal mark, the confirmation of the ISBN number " ma:format="Dropdown" ma:internalName="relatingtoresource">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Welsh Translation text"/>
+          <xsd:enumeration value="Plain English Approved Text"/>
+          <xsd:enumeration value="Crystal Mark"/>
+          <xsd:enumeration value="Checklist"/>
+          <xsd:enumeration value="QR codes"/>
+          <xsd:enumeration value="Slugs"/>
+          <xsd:enumeration value="Initial content / working draft"/>
+          <xsd:enumeration value="N/A"/>
+          <xsd:enumeration value="ISBN"/>
+          <xsd:enumeration value="FINAL CONTENT"/>
+          <xsd:enumeration value="POAP"/>
+          <xsd:enumeration value="Finalised draft for PE"/>
+          <xsd:enumeration value="Draft PDF"/>
+          <xsd:enumeration value="Email"/>
+          <xsd:enumeration value="Project - Brief"/>
+          <xsd:enumeration value="Project - Supporting Document"/>
+          <xsd:enumeration value="Other language text"/>
+          <xsd:enumeration value="Images"/>
+          <xsd:enumeration value="Arabic"/>
+          <xsd:enumeration value="InDesign Files"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SKUNumber" ma:index="12" nillable="true" ma:displayName="SKU Number" ma:format="Dropdown" ma:internalName="SKUNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="HIRLink" ma:index="13" nillable="true" ma:displayName="HIR Link" ma:format="Hyperlink" ma:internalName="HIRLink">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Version_x0020__x002f__x0020_Year" ma:index="14" nillable="true" ma:displayName="Version / Year" ma:internalName="Version_x0020__x002f__x0020_Year">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ISBNnumber" ma:index="15" nillable="true" ma:displayName="ISBN number" ma:format="Dropdown" ma:internalName="ISBNnumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date" ma:index="16" nillable="true" ma:displayName="'Go Live' Date" ma:format="DateOnly" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Language" ma:index="17" nillable="true" ma:displayName="Language " ma:format="Dropdown" ma:internalName="Language">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Welsh"/>
+          <xsd:enumeration value="English"/>
+          <xsd:enumeration value="Bilingual"/>
+          <xsd:enumeration value="Arabic"/>
+          <xsd:enumeration value="Choice 5"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="18" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="19" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="22" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="23" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cefaef41-70dc-4075-804e-d4e4dbdaeee0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="28" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="29" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="Archive" ma:index="30" nillable="true" ma:displayName="Archive Test" ma:description="Document no longer in use." ma:internalName="Archive">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown">
+          <xsd:enumeration value="Enter Choice #1"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="Archive0" ma:index="31" nillable="true" ma:displayName="Move to Archive Library" ma:default="0" ma:description="Document no longer in use." ma:format="Dropdown" ma:internalName="Archive0">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
-[...14 lines deleted...]
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f366afda-3745-45ac-b089-2151a6f325da" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fdfaf355-f7ae-47f3-8f93-739a60756710" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="13" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{13719f14-dfc9-408f-a5e2-0831c2ca3de6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="f366afda-3745-45ac-b089-2151a6f325da">
+    <xsd:element name="TaxCatchAll" ma:index="27" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4a3ffe3a-ac90-4981-bec8-4654896fe9f4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fdfaf355-f7ae-47f3-8f93-739a60756710">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...24 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -4131,114 +5125,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C61232A7-5778-4402-A641-5354F16C2A2A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1F4B350-B4F3-453E-983D-95BF3D572432}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="c5c4c049-fd51-4c1e-8931-c678015eeba8"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48746FF0-1F0A-41A6-85A5-3D0AEAEB2280}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16DABF6A-AAB7-4F23-9E56-15FE6DF4A326}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c5c4c049-fd51-4c1e-8931-c678015eeba8"/>
+    <ds:schemaRef ds:uri="fdfaf355-f7ae-47f3-8f93-739a60756710"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1F4B350-B4F3-453E-983D-95BF3D572432}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48746FF0-1F0A-41A6-85A5-3D0AEAEB2280}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>470</Words>
-  <Characters>2680</Characters>
+  <Words>474</Words>
+  <Characters>2703</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Public Health Wales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3144</CharactersWithSpaces>
+  <CharactersWithSpaces>3171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ceriann Howard (Public Health Wales - No. 2 Capital Quarter)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101005E292F9FDDF97946BAEAC42ED7AE21B0</vt:lpwstr>
+    <vt:lpwstr>0x010100C2EEB5CED91B224BADEEF37F9C36D513</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>