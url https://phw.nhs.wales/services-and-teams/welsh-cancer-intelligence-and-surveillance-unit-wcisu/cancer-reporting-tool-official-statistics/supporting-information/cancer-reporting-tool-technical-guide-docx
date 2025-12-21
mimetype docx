--- v0 (2025-12-09)
+++ v1 (2025-12-21)
@@ -4841,51 +4841,59 @@
       </w:r>
       <w:r w:rsidR="00416633">
         <w:t>Introduction</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="01E40BA2" w14:textId="196B12BB" w:rsidR="00152A7F" w:rsidRDefault="00152A7F" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">This document provides an overview of the data collection process, data quality and the methodology applied in developing the cancer </w:t>
       </w:r>
       <w:r w:rsidR="003A7755">
         <w:t>reporting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tool. It also provides definitions, notes for interpretation, and details of where to find further information on cancer statistics in Wales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17052DB3" w14:textId="2E376FAE" w:rsidR="005168AB" w:rsidRDefault="004E4F9B" w:rsidP="005168AB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>In 2009, the Welsh Cancer Intelligence and Surveillance Unit (WCISU) became part of the Health Intelligence Division of the newly created Public Health Wales (PHW). Following a number of structural changes over the years, the Health Intelligence Division has most recently becom</w:t>
+        <w:t xml:space="preserve">In 2009, the Welsh Cancer Intelligence and Surveillance Unit (WCISU) became part of the Health Intelligence Division of the newly created Public Health Wales (PHW). Following </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> structural changes over the years, the Health Intelligence Division has most recently becom</w:t>
       </w:r>
       <w:r w:rsidRPr="41683809">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00910413" w:rsidRPr="41683809">
         <w:t xml:space="preserve"> part of</w:t>
       </w:r>
       <w:r w:rsidRPr="41683809">
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">he Research, Data &amp; Digital Directorate (1st October 2024). </w:t>
       </w:r>
       <w:r w:rsidR="005168AB">
         <w:t xml:space="preserve">The WCISU has been responsible for publishing cancer incidence, mortality, and survival statistics in Wales since 1997. Prior to this, such figures were published by the Office for National Statistics (ONS) for both England and Wales. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B574AA2" w14:textId="46FACA25" w:rsidR="00351CAC" w:rsidRDefault="00AB14CA" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In accordance with one of the statutory duties of Public Health Wales, t</w:t>
       </w:r>
       <w:r w:rsidR="00351CAC">
@@ -5832,51 +5840,67 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> being made available</w:t>
       </w:r>
       <w:r w:rsidR="3EAB9CA4" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Analysis of the period 2002-2010 was </w:t>
       </w:r>
       <w:r w:rsidR="346ADD19" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>published on the 26th September 2024</w:t>
+        <w:t xml:space="preserve">published on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="346ADD19" w:rsidRPr="41683809">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>26th</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="346ADD19" w:rsidRPr="41683809">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 2024</w:t>
       </w:r>
       <w:r w:rsidR="612A7F5B" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="11F2221A" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and uses population estimates by LSOA to align with Census 2011.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545E89CA" w14:textId="77777777" w:rsidR="007436BC" w:rsidRDefault="007436BC" w:rsidP="7CC9C164">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F5AE108" w14:textId="7E952E4F" w:rsidR="00351CAC" w:rsidRPr="00F96F12" w:rsidRDefault="00351CAC" w:rsidP="00E43A91">
@@ -6180,51 +6204,75 @@
       <w:r w:rsidRPr="41683809">
         <w:t xml:space="preserve"> provided for 2007 onwards due to a coding change in that year</w:t>
       </w:r>
       <w:r w:rsidR="1B01E1BB" w:rsidRPr="41683809">
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidR="3E6F0B2E" w:rsidRPr="41683809">
         <w:t>that transformations are no longer registered as a separate primary malignant neoplasm from 2018 onwards</w:t>
       </w:r>
       <w:r w:rsidRPr="41683809">
         <w:t>). Th</w:t>
       </w:r>
       <w:r>
         <w:t>e number of cancer patients at risk, the number of deaths and the number of cases censored for each survival estimate can also be found in the data downloads.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155B213D" w14:textId="5C56BC3C" w:rsidR="006753B1" w:rsidRPr="00277E6F" w:rsidRDefault="006753B1" w:rsidP="006753B1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Hlk151122598"/>
       <w:r w:rsidRPr="00E43A91">
-        <w:t>The publicly available sts and stns algorithms (Clerc-Urmès I et al, 2014)</w:t>
+        <w:t xml:space="preserve">The publicly available </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t>sts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t>stns</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t xml:space="preserve"> algorithms (Clerc-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t>Urmès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t xml:space="preserve"> I et al, 2014)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43A91">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00E43A91">
         <w:t xml:space="preserve"> in STATA 14.2 software were used to derive the statistics. Observed survival was estimated using the Kaplan-Meier</w:t>
       </w:r>
       <w:r w:rsidR="00677143">
         <w:t xml:space="preserve"> (1958)</w:t>
       </w:r>
       <w:r w:rsidR="00EE1A87" w:rsidRPr="00E43A91">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidRPr="00E43A91">
         <w:t xml:space="preserve"> estimator, and net survival was estimated using the Pohar-Perme (2012)</w:t>
       </w:r>
@@ -6386,82 +6434,106 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The survival estimates should decrease over time (</w:t>
       </w:r>
       <w:r w:rsidR="00E43A91">
         <w:t>i.e.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> five-year survival should be less than one-year survival </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43A91">
         <w:t>and ten-year less than five-year), otherwise censor five-year/ten-year survival figures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51914676" w14:textId="77777777" w:rsidR="006753B1" w:rsidRPr="00E43A91" w:rsidRDefault="006753B1" w:rsidP="006753B1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00E43A91">
-        <w:t>One-year survival must be present and meet the criteria in order to show five-year survival; one-year and five-year must be present and meet the criteria in order to show ten-year survival</w:t>
+        <w:t xml:space="preserve">One-year survival must be present and meet the criteria </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E43A91">
+        <w:t xml:space="preserve"> show five-year survival; one-year and five-year must be present and meet the criteria in order to show ten-year survival</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4910B5" w14:textId="7BE0BC65" w:rsidR="006753B1" w:rsidRPr="00E43A91" w:rsidRDefault="0FAD6863" w:rsidP="006753B1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Hlk151122637"/>
       <w:r>
-        <w:t>If the above criteria were not met, unstandardised net survival, observed survival and the number of cases, deaths and censored cases were censored for that particular cancer type, period, sex, age group, deprivation quintile/stage/geography level, and survival estimate point (one-year, five-year or ten-year)</w:t>
+        <w:t xml:space="preserve">If the above criteria were not met, unstandardised net survival, observed survival and the number of cases, deaths and censored cases were censored for that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>particular cancer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> type, period, sex, age group, deprivation quintile/stage/geography level, and survival estimate point (one-year, five-year or ten-year)</w:t>
       </w:r>
       <w:r w:rsidR="5A5DFA7E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0712C28E" w14:textId="2A220E7E" w:rsidR="006753B1" w:rsidRDefault="006753B1" w:rsidP="006753B1">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Hlk151122653"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="00E43A91">
         <w:t>One-year, five-year and ten-year age-standardised n</w:t>
       </w:r>
       <w:r>
         <w:t>et survival (along with 95% CIs) were also presented where possible for patients</w:t>
       </w:r>
       <w:r w:rsidR="001F27D4">
         <w:t xml:space="preserve"> diagnosed</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> aged 15-99 years by one-year and five-year rolling periods, by cancer type and sex at an all-Wales level, using a weighted mean of age-group estimates obtained from the International Cancer Survival Standards (ICSS; Corazziari et al., 2004)</w:t>
+        <w:t xml:space="preserve"> aged 15-99 years by one-year and five-year rolling periods, by cancer type and sex at an all-Wales level, using a weighted mean of age-group estimates obtained from the International Cancer Survival Standards (ICSS; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> et al., 2004)</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3447F">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink w:anchor="_11_Appendix_B">
         <w:r w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -6638,90 +6710,104 @@
       <w:r>
         <w:t>ung</w:t>
       </w:r>
       <w:r w:rsidR="51962013">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="24B65521">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>olorectal</w:t>
       </w:r>
       <w:r w:rsidR="51962013">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="1F99CD0C">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="51962013">
         <w:t>vary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA86B12" w14:textId="3EFE4135" w:rsidR="00597BF9" w:rsidRDefault="00597BF9" w:rsidP="00103FD8">
+    <w:p w14:paraId="7DA86B12" w14:textId="7FE67E00" w:rsidR="00597BF9" w:rsidRDefault="00597BF9" w:rsidP="00103FD8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Examining monthly cancer pathology samples allows for </w:t>
       </w:r>
       <w:r w:rsidR="00D66260">
         <w:t xml:space="preserve">more timely </w:t>
       </w:r>
       <w:r w:rsidR="00027121">
         <w:t>estimates</w:t>
       </w:r>
       <w:r w:rsidR="00D66260">
-        <w:t xml:space="preserve"> of cancer incidence in Wales. These new, experimental statistics provide a rapid insight into the impact of the COVID-19 pandemic on pathology-confirmed cases of new cancers, how this impact differed between the cancer types analysed, and a better understanding of post-pandemic recovery of cancer diagnoses. </w:t>
+        <w:t xml:space="preserve"> of cancer incidence in Wales. These new, experimental statistics provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00816726">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66260">
+        <w:t xml:space="preserve"> a rapid insight into the impact of the COVID-19 pandemic on pathology-confirmed cases of new cancers, how this impact differed between the cancer types analysed, and a better understanding of post-pandemic recovery of cancer diagnoses. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CAE999A" w14:textId="69CD7200" w:rsidR="00D66260" w:rsidRDefault="00D66260" w:rsidP="00103FD8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cancer registration remains the most authoritative source of data for cancer incidence. However, the time taken to process and validate data by expert cancer registration officers means there is routinely a delay of 18 months before publication (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_5_Timeliness_and">
         <w:r w:rsidR="00194531" w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ection 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">). A large proportion of cancer diagnoses are registered using pathology databases, so counts of pathology samples can offer a more timely estimate of cancer incidence. </w:t>
+        <w:t xml:space="preserve">). A large proportion of cancer diagnoses are registered using pathology databases, so counts of pathology samples can offer a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>more timely</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> estimate of cancer incidence. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A968F7A" w14:textId="7820C166" w:rsidR="00DA0270" w:rsidRDefault="00DA0270" w:rsidP="00103FD8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is important to note that not all new cases of cancer are verified through pathology and relying solely on pathology information can lead to an underestimation of true cancer incidence compared to cancer registration data. Furthermore, the various methods of cancer detection can be dependent on cancer type, so pathology data may offer more comparable estimates to registration data for certain cancer types compared to other </w:t>
       </w:r>
       <w:r w:rsidR="007022DD">
         <w:t>sites</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F74728">
         <w:t>Therefore,</w:t>
       </w:r>
       <w:r w:rsidR="007022DD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">caution should be taken when interpreting pathology data. </w:t>
       </w:r>
     </w:p>
@@ -7420,51 +7506,71 @@
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="6941" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CFDD893" w14:textId="76DBCFF9" w:rsidR="00173F6B" w:rsidRPr="00173F6B" w:rsidRDefault="00173F6B" w:rsidP="00173F6B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Remove C44 (Non-melanoma skin cancer)</w:t>
+              <w:t>Remove C44 (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Non-melanoma</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skin cancer)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="416A514D" w14:textId="6793E37D" w:rsidR="00173F6B" w:rsidRPr="00F4691A" w:rsidRDefault="00F4691A" w:rsidP="00F4691A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>27%</w:t>
             </w:r>
           </w:p>
@@ -8530,80 +8636,88 @@
         <w:t xml:space="preserve"> excluding NMSC. </w:t>
       </w:r>
       <w:r w:rsidR="00027121">
         <w:t>Cancer diagnoses are not always confirmed via pathology tests, so comparability of pathology data to cancer registration data may vary for different cancer sites.</w:t>
       </w:r>
       <w:r w:rsidR="00AD1CDF">
         <w:t xml:space="preserve"> See </w:t>
       </w:r>
       <w:hyperlink w:anchor="_13_Appendix_D">
         <w:r w:rsidR="00AD1CDF" w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix D</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD1CDF">
         <w:t xml:space="preserve"> for charts illustrating the monthly pathology data alongside registry data for the other cancer sites analysed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C065675" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00DC0C51">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>As described above, topography and morphology codes from the pathology data are converted into ICD-10 codes in order to present summarised statistics. There is no single, established lookup table for this conversion process; a bespoke, three-step process was developed using lookup tables provided by colleagues from other UK nations. This process may be adjusted in the future as the method is refined.</w:t>
+        <w:t xml:space="preserve">As described above, topography and morphology codes from the pathology data are converted into ICD-10 codes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> present summarised statistics. There is no single, established lookup table for this conversion process; a bespoke, three-step process was developed using lookup tables provided by colleagues from other UK nations. This process may be adjusted in the future as the method is refined.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2F8599" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00DC0C51">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">On average, of all pathology records with morphology indicating a primary malignant tumour, around 12% each year could not be matched to an ICD-10 code. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9541B3" w14:textId="4D14B873" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00DA0270">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The most recent points shown in the chart above are subject to minor changes as the data is updated due to data lags.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE39A01" w14:textId="07155A65" w:rsidR="005E09FE" w:rsidRDefault="005E09FE" w:rsidP="00DA0270">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62514A54" w14:textId="29C1BB15" w:rsidR="005E09FE" w:rsidRDefault="005E09FE" w:rsidP="00DA0270">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20F09318" w14:textId="2EF4EDD8" w:rsidR="00D27AF0" w:rsidRDefault="005E09FE" w:rsidP="00C74405">
+    <w:p w14:paraId="154F664B" w14:textId="77777777" w:rsidR="00816726" w:rsidRDefault="005E09FE" w:rsidP="00C74405">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="119CD682" wp14:editId="733DA627">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-78105</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6028055" cy="531495"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1905"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="20" name="Text Box 20"/>
                 <wp:cNvGraphicFramePr>
@@ -8765,50 +8879,56 @@
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5962548" cy="3432236"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7B1061D0" w14:textId="77777777" w:rsidR="00816726" w:rsidRDefault="00816726" w:rsidP="00816726"/>
+    <w:p w14:paraId="20F09318" w14:textId="73BED578" w:rsidR="00D27AF0" w:rsidRDefault="00816726" w:rsidP="00816726">
+      <w:r w:rsidRPr="00816726">
+        <w:t>These experimental statistics are due to be reviewed as the initial scope was limited to the years directly before and after the COVID-19 pandemic. Changes to the Welsh Laboratory Management Systems (WLIMs) and the use of the telepath database also need to be factored into the review. </w:t>
+      </w:r>
       <w:r w:rsidR="00FB0F98">
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="06FBAB8A" w14:textId="48B1A653" w:rsidR="00026B97" w:rsidRPr="00026B97" w:rsidRDefault="00004822" w:rsidP="00E43A91">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc1231169712"/>
       <w:r>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00C31D9E">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Reported Characteristics</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="1B7B12F8" w14:textId="3FB72A4B" w:rsidR="00004822" w:rsidRPr="00F10586" w:rsidRDefault="00004822" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8948,50 +9068,51 @@
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Swansea Bay University Health Board. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A583BE8" w14:textId="77777777" w:rsidR="00C43AAF" w:rsidRDefault="00004822" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prior to 1st April 2019, the seven health boards were: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48622AB3" w14:textId="6FFD98FB" w:rsidR="00C43AAF" w:rsidRDefault="00004822" w:rsidP="00C43AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Abertawe Bro Morgannwg </w:t>
       </w:r>
       <w:r w:rsidR="005C757B">
         <w:t>UHB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8ACB35" w14:textId="68412EF5" w:rsidR="00C43AAF" w:rsidRDefault="00004822" w:rsidP="00C43AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aneurin Bevan </w:t>
       </w:r>
       <w:r w:rsidR="005C757B">
         <w:t>UHB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77815893" w14:textId="36508CE6" w:rsidR="00C43AAF" w:rsidRDefault="00004822" w:rsidP="00C43AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -9028,51 +9149,50 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cardiff and Vale </w:t>
       </w:r>
       <w:r w:rsidR="005C757B">
         <w:t>UHB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14FDDED4" w14:textId="6E670CCF" w:rsidR="00C43AAF" w:rsidRDefault="00004822" w:rsidP="00C43AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hywel Dda </w:t>
       </w:r>
       <w:r w:rsidR="005C757B">
         <w:t>UHB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D62C6A8" w14:textId="7D7547D2" w:rsidR="00004822" w:rsidRDefault="00004822" w:rsidP="00C43AAF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Powys Teaching </w:t>
       </w:r>
       <w:r w:rsidR="005C757B">
         <w:t>HB</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
@@ -9328,64 +9448,64 @@
         </w:rPr>
         <w:t>he rebasing of population estimates following C</w:t>
       </w:r>
       <w:r w:rsidR="762FD8BC" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
         <w:t>ensus 2021</w:t>
       </w:r>
       <w:r w:rsidR="39AA3E84" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> resulted in structural changes in LSOAs</w:t>
       </w:r>
       <w:r w:rsidR="72B0D3B9" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
         <w:t xml:space="preserve"> so </w:t>
       </w:r>
       <w:r w:rsidR="39AA3E84" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">direct mapping to WIMD19 was not possible. To address this, when LSOAs were split, the pre-split WIMD19 quintile score was assigned to each of the newly created LSOAs. In cases where LSOAs with the same quintile scores merged, the original quintile score was retained. However, when LSOAs with different quintile scores merged, the most deprived quintile score among them was assigned to the new merged area. </w:t>
+        <w:t xml:space="preserve">direct mapping to WIMD19 was not </w:t>
+      </w:r>
+      <w:r w:rsidR="39AA3E84" w:rsidRPr="41683809">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">possible. To address this, when LSOAs were split, the pre-split WIMD19 quintile score was assigned to each of the newly created LSOAs. In cases where LSOAs with the same quintile scores merged, the original quintile score was retained. However, when LSOAs with different quintile scores merged, the most deprived quintile score among them was assigned to the new merged area. </w:t>
       </w:r>
       <w:r w:rsidR="76E7A7F2" w:rsidRPr="41683809">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
-        <w:t xml:space="preserve">This approach ensured that deprivation </w:t>
-[...6 lines deleted...]
-        <w:t>data remained intact while benefiting from the improved accuracy of the rebased population estimates.</w:t>
+        <w:t>This approach ensured that deprivation data remained intact while benefiting from the improved accuracy of the rebased population estimates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06879C79" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5353E3DE" w14:textId="3362612E" w:rsidR="0023536D" w:rsidRPr="00F10586" w:rsidRDefault="0023536D" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc2049139921"/>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
@@ -9465,51 +9585,59 @@
       </w:r>
       <w:r w:rsidR="2FA54AF6" w:rsidRPr="41683809">
         <w:t>cannot</w:t>
       </w:r>
       <w:r w:rsidR="00207020" w:rsidRPr="41683809">
         <w:t xml:space="preserve"> be staged. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B865B71" w14:textId="014607FE" w:rsidR="00F96F12" w:rsidRDefault="0023536D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Stage grouping in this report refers to overall TNM</w:t>
       </w:r>
       <w:r w:rsidR="00BE6425">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> stage grouping. From 2018, the majority of cancer types are staged in TNM version 8. Female genital tract </w:t>
+        <w:t xml:space="preserve"> stage grouping. From 2018, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the majority of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> cancer types are staged in TNM version 8. Female genital tract </w:t>
       </w:r>
       <w:r w:rsidR="00D71330">
         <w:t xml:space="preserve">cancer </w:t>
       </w:r>
       <w:r>
         <w:t>also use</w:t>
       </w:r>
       <w:r w:rsidR="00D71330">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> FIGO staging which can usually be mapped directly to TNM stage. A change in TNM version can result in a noticeable redistribution between stage groups for some tumour sites, for example, TNM version 7 was introduced in 2016 which resulted in an increase in stage 1 and a reduction </w:t>
       </w:r>
       <w:r w:rsidR="00D71330">
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> stage 2 for prostate cancers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7281D1EA" w14:textId="393551FB" w:rsidR="73C96863" w:rsidRDefault="73C96863" w:rsidP="6977084A">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -9615,84 +9743,84 @@
       <w:r w:rsidR="171C44EB" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
         <w:t>now appear as stage unknown</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Ubuntu Light" w:cs="Ubuntu Light"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00482210">
         <w:t>Caution is advised when comparing cancer incidence and survival by stage in publications before and after March 2024</w:t>
       </w:r>
       <w:r w:rsidR="00FB6CF5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A5212C0" w14:textId="2ABDCCFD" w:rsidR="57D50005" w:rsidRDefault="57D50005" w:rsidP="41683809">
       <w:pPr>
         <w:spacing w:line="257" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="7BDE8E7A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Due to disclosure issues, we only show all Wales figures by stage and </w:t>
       </w:r>
       <w:r w:rsidR="17558521" w:rsidRPr="7BDE8E7A">
         <w:t>remove</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve"> cancer sites wh</w:t>
       </w:r>
       <w:r w:rsidR="263223D7" w:rsidRPr="7BDE8E7A">
         <w:t>ich</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve"> have any counts with proportions of 100% for known stages.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76AD52E8" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="41683809">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C3B7A6D" w14:textId="34245286" w:rsidR="00B64137" w:rsidRPr="00F10586" w:rsidRDefault="00B64137" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc1729863578"/>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00C31D9E" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00361588" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impact of COVID-19</w:t>
@@ -9995,95 +10123,98 @@
       <w:r w:rsidR="7BD82557">
         <w:t xml:space="preserve">are available </w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="7BD82557">
         <w:t xml:space="preserve"> European age-standardised rate</w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="7BD82557">
         <w:t xml:space="preserve"> and single year</w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="7BD82557">
         <w:t xml:space="preserve">, from </w:t>
       </w:r>
       <w:r w:rsidR="0F4F067A">
         <w:t>2002</w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
-        <w:t xml:space="preserve"> until the latest comparable year of data</w:t>
+        <w:t xml:space="preserve"> until the latest </w:t>
+      </w:r>
+      <w:r w:rsidR="0B67E426">
+        <w:lastRenderedPageBreak/>
+        <w:t>comparable year of data</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0F4F067A">
         <w:t>Cancer survival comparisons by UK jurisdiction are available</w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r w:rsidR="0F4F067A">
         <w:t xml:space="preserve"> net survival (%), and one-year and five-year survival estimates </w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="0F4F067A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="516A5A7D">
         <w:t xml:space="preserve">rolling </w:t>
       </w:r>
       <w:r w:rsidR="68EBBB1A">
         <w:t>five-year</w:t>
       </w:r>
       <w:r w:rsidR="0F4F067A">
         <w:t xml:space="preserve"> periods </w:t>
       </w:r>
       <w:r w:rsidR="43EAB1CE">
         <w:t xml:space="preserve">from 2002-2006 </w:t>
       </w:r>
       <w:r w:rsidR="0B67E426">
         <w:t>until the latest comparable year of data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8488A5" w14:textId="1E57C2D5" w:rsidR="009306E4" w:rsidRDefault="009306E4" w:rsidP="00C67BC3">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cancer survival is calculated using life tables to account for </w:t>
       </w:r>
       <w:r w:rsidR="4133CE5E">
         <w:t>background</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mortality (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_4.2_Life_tables">
         <w:r w:rsidR="00194531" w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
         <w:r w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ection 4.2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>). Life tables are unique to each UK jurisdiction</w:t>
       </w:r>
@@ -10179,116 +10310,160 @@
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00C31D9E" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.1 Count</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="1D67A3EC" w14:textId="6E1D44B2" w:rsidR="0023536D" w:rsidRDefault="0023536D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>The incidence count is the number of cancers diagnosed over a particular period of time. The mortality count is the number of registered deaths with cancer reported as the underlying cause over a particular period of time.</w:t>
+        <w:t xml:space="preserve">The incidence count is the number of cancers diagnosed over a particular </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. The mortality count is the number of registered deaths with cancer reported as the underlying cause over a particular </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E15267" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45CE8C5D" w14:textId="528D6645" w:rsidR="0023536D" w:rsidRPr="00F10586" w:rsidRDefault="0023536D" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc1824177993"/>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00C31D9E" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.2 Crude rates</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="4DD9A99F" w14:textId="77777777" w:rsidR="0023536D" w:rsidRPr="0023536D" w:rsidRDefault="0023536D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023536D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>A crude rate is the number of events occurring in a population over a specific time period, often expressed as the number of events per 100,000 of the population.  Both the numerator (number of events) and denominator (mid-year population estimate) are based on the same geographical area and time period.</w:t>
+        <w:t xml:space="preserve">A crude rate is the number of events occurring in a population over a specific </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023536D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023536D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, often expressed as the number of events per 100,000 of the population.  Both the numerator (number of events) and denominator (mid-year population estimate) are based on the same geographical area and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0023536D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0023536D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A95642" w14:textId="75E24A96" w:rsidR="002803A6" w:rsidRDefault="0023536D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0023536D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The crude rate is defined as total registrations per 100,000 population, or:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA6F371" w14:textId="405F729C" w:rsidR="002803A6" w:rsidRPr="002803A6" w:rsidRDefault="00E3496C" w:rsidP="001A471F">
+    <w:p w14:paraId="1FA6F371" w14:textId="405F729C" w:rsidR="002803A6" w:rsidRPr="002803A6" w:rsidRDefault="00816726" w:rsidP="001A471F">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:f>
             <m:fPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:fPr>
             <m:num>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 </w:rPr>
                 <m:t>Total registrations</m:t>
               </m:r>
             </m:num>
             <m:den>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
@@ -10344,113 +10519,124 @@
     <w:p w14:paraId="6BDE5373" w14:textId="15403EC4" w:rsidR="0023536D" w:rsidRPr="007A0F4A" w:rsidRDefault="007A0F4A" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The incidence and mortality of cancer differs greatly with age. Differences in the age structure of populations between geographical areas or over time therefore need to be controlled to give unbiased comparisons. Age-standardisation allows comparison of rates across different populations while taking account of the different age structures of those populations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A26DC1" w14:textId="71BF2E57" w:rsidR="007A0F4A" w:rsidRPr="007A0F4A" w:rsidRDefault="007A0F4A" w:rsidP="36DACA0F">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="36DACA0F">
         <w:t xml:space="preserve">This is achieved by applying the observed age- and sex-specific </w:t>
       </w:r>
       <w:r w:rsidR="00954AFE" w:rsidRPr="36DACA0F">
         <w:t xml:space="preserve">incidence or </w:t>
       </w:r>
       <w:r w:rsidRPr="36DACA0F">
-        <w:t>mortality rates for each population to a standard population. These are then summed to give an overall rate per 100,000 population. The standard population used here is the European Standard Population (ESP)</w:t>
+        <w:t xml:space="preserve">mortality rates for each population to a standard population. These are then summed to give an overall rate per 100,000 population. The standard population used here is the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="36DACA0F">
+        <w:lastRenderedPageBreak/>
+        <w:t>European Standard Population (ESP)</w:t>
       </w:r>
       <w:r w:rsidR="00954AFE" w:rsidRPr="36DACA0F">
         <w:t xml:space="preserve"> (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_14_Appendix_E_1">
         <w:r w:rsidR="00440492" w:rsidRPr="36DACA0F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix E</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002E24F6">
         <w:t xml:space="preserve">). </w:t>
       </w:r>
       <w:r w:rsidRPr="36DACA0F">
         <w:t xml:space="preserve">The first version of the ESP was introduced in 1976, with the second version in 2013. </w:t>
       </w:r>
       <w:r w:rsidR="00FA5149" w:rsidRPr="36DACA0F">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="36DACA0F">
         <w:t>ll the WCISU publications since June 2014 have used the 2013 ESP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5948B3" w14:textId="2174B440" w:rsidR="007A0F4A" w:rsidRPr="007A0F4A" w:rsidRDefault="007A0F4A" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0568E530">
-        <w:lastRenderedPageBreak/>
         <w:t>Although the 2013 ESP has separate categories for 90-94 and 95+, the WCISU combines these into a single category for 90+. This is because population data is not consistently available for the 95+ age group for all years or geographies</w:t>
       </w:r>
       <w:r w:rsidR="002803A6" w:rsidRPr="0568E530">
         <w:t xml:space="preserve"> in Wales</w:t>
       </w:r>
       <w:r w:rsidRPr="0568E530">
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:r w:rsidR="001015B5" w:rsidRPr="0568E530">
         <w:t>ONS</w:t>
       </w:r>
       <w:r w:rsidRPr="0568E530">
         <w:t xml:space="preserve"> carried out a study</w:t>
       </w:r>
       <w:r w:rsidR="00146130">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidRPr="0568E530">
         <w:t xml:space="preserve"> looking at the impact of using an 85+, 90+ or 95+ upper age limit for calculating age-standardised mortality rates and found no significant differences between rates calculated with upper age limits of 90+ and 95+. As </w:t>
       </w:r>
       <w:r w:rsidR="002803A6" w:rsidRPr="0568E530">
-        <w:t xml:space="preserve">there is not currently </w:t>
+        <w:t xml:space="preserve">there </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002803A6" w:rsidRPr="0568E530">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002803A6" w:rsidRPr="0568E530">
+        <w:t xml:space="preserve"> not currently </w:t>
       </w:r>
       <w:r w:rsidRPr="0568E530">
         <w:t xml:space="preserve">widespread availability of population estimates for the 95+ group, they recommend the use of an upper age limit of 90+ for the 2013 ESP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E46CEB9" w14:textId="111E3A2B" w:rsidR="007A0F4A" w:rsidRPr="007A0F4A" w:rsidRDefault="007A0F4A" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">A lower age limit of 0-4 years is used for all European age-standardised rates in this </w:t>
       </w:r>
       <w:r w:rsidR="00FA5149">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>tool</w:t>
       </w:r>
       <w:r w:rsidRPr="007A0F4A">
@@ -10813,99 +10999,99 @@
       <w:r w:rsidR="0F860A26" w:rsidRPr="69B53B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717A05">
         <w:t>=</w:t>
       </w:r>
       <w:r w:rsidR="600F0F07" w:rsidRPr="69B53B17">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0F860A26" w:rsidRPr="69B53B17">
         <w:t xml:space="preserve">the observed </w:t>
       </w:r>
       <w:r>
         <w:t>incidence</w:t>
       </w:r>
       <w:r w:rsidR="790EBD90">
         <w:t>/mortality</w:t>
       </w:r>
       <w:r w:rsidRPr="69B53B17" w:rsidDel="007A0F4A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0F860A26" w:rsidRPr="69B53B17">
         <w:t>rate in age group k</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CD4E90" w14:textId="77777777" w:rsidR="00717A05" w:rsidRDefault="00E3496C" w:rsidP="00317A89">
+    <w:p w14:paraId="37CD4E90" w14:textId="77777777" w:rsidR="00717A05" w:rsidRDefault="00816726" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <m:t>r</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <m:t>k</m:t>
             </m:r>
           </m:sub>
         </m:sSub>
       </m:oMath>
       <w:r w:rsidR="00717A05">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A0F4A" w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>= registrations in age group k</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436AC1EC" w14:textId="0D6980C5" w:rsidR="007A0F4A" w:rsidRPr="007A0F4A" w:rsidRDefault="00E3496C" w:rsidP="00317A89">
+    <w:p w14:paraId="436AC1EC" w14:textId="0D6980C5" w:rsidR="007A0F4A" w:rsidRPr="007A0F4A" w:rsidRDefault="00816726" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <m:t>p</m:t>
             </m:r>
           </m:e>
           <m:sub>
@@ -10961,51 +11147,51 @@
       <w:r w:rsidR="00C042E1" w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>...,</w:t>
       </w:r>
       <w:r w:rsidR="007A0F4A" w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 85-89, and 90 and over</w:t>
       </w:r>
       <w:r w:rsidR="007A0F4A" w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007A0F4A" w:rsidRPr="007A0F4A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607256D7" w14:textId="20D2CB97" w:rsidR="00DC72BC" w:rsidRPr="007A0F4A" w:rsidRDefault="00E3496C" w:rsidP="00317A89">
+    <w:p w14:paraId="607256D7" w14:textId="20D2CB97" w:rsidR="00DC72BC" w:rsidRPr="007A0F4A" w:rsidRDefault="00816726" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <m:t>P</m:t>
             </m:r>
           </m:e>
           <m:sub>
@@ -11125,79 +11311,90 @@
       <w:r>
         <w:t xml:space="preserve">Age-specific rates are calculated when reporting on cancer incidence </w:t>
       </w:r>
       <w:r w:rsidR="00014DF3">
         <w:t xml:space="preserve">and mortality </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for all sites analysed. </w:t>
       </w:r>
       <w:r w:rsidR="00A433E5">
         <w:t xml:space="preserve">An age-specific rate is </w:t>
       </w:r>
       <w:r w:rsidR="002803A6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A433E5" w:rsidRPr="66C9CF9A">
         <w:t xml:space="preserve">number of events occurring in a population over a specific </w:t>
       </w:r>
       <w:r w:rsidR="002803A6" w:rsidRPr="66C9CF9A">
         <w:t>time-period</w:t>
       </w:r>
       <w:r w:rsidR="00A433E5">
         <w:t xml:space="preserve"> within specific age-groups. </w:t>
       </w:r>
       <w:r w:rsidR="00A433E5" w:rsidRPr="66C9CF9A">
-        <w:t>Both the numerator (number of events) and denominator (mid-year population estimate) are based on the same geographical area and time period.</w:t>
+        <w:t xml:space="preserve">Both the numerator </w:t>
+      </w:r>
+      <w:r w:rsidR="00A433E5" w:rsidRPr="66C9CF9A">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(number of events) and denominator (mid-year population estimate) are based on the same geographical area and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A433E5" w:rsidRPr="66C9CF9A">
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A433E5" w:rsidRPr="66C9CF9A">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B35678D" w14:textId="027E0D39" w:rsidR="00A433E5" w:rsidRDefault="00A433E5" w:rsidP="52B56BA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2280"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The age-specific rate is defined as total registrations per 100,000 population</w:t>
       </w:r>
       <w:r w:rsidR="001A6574">
         <w:t xml:space="preserve"> in a specified age group</w:t>
       </w:r>
       <w:r>
         <w:t>, or:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6480A05C" w14:textId="15900B78" w:rsidR="00F57E75" w:rsidRDefault="176A0413" w:rsidP="002A4EA9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2280"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>Total registrations in a specified age group</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>Total population of that age group</m:t>
@@ -11296,51 +11493,59 @@
     </w:p>
     <w:p w14:paraId="45C103D1" w14:textId="77777777" w:rsidR="00FA5149" w:rsidRDefault="00FA5149" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2280"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A denominator which is exactly defined and known, and in which every individual is counted only once. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="782F7E7C" w14:textId="49D68534" w:rsidR="00FA5149" w:rsidRPr="00FA5149" w:rsidRDefault="00FA5149" w:rsidP="00317A89">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2280"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>In such instances, the denominator is considered to be a ‘closed’ population.</w:t>
+        <w:t xml:space="preserve">In such instances, the denominator </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>is considered to be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a ‘closed’ population.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB4A172" w14:textId="1EA18C25" w:rsidR="007A0F4A" w:rsidRDefault="00FA5149" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Analysis by staging </w:t>
       </w:r>
       <w:r w:rsidR="002803A6">
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> displayed as percentages in the output, with proportions simply multiplied by 100 to convert to </w:t>
       </w:r>
       <w:r w:rsidR="002803A6">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t>percentage</w:t>
       </w:r>
       <w:r w:rsidR="002803A6">
         <w:t xml:space="preserve"> (%)</w:t>
       </w:r>
       <w:r>
@@ -11470,94 +11675,99 @@
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
         <w:r w:rsidR="00B67984" w:rsidRPr="003C1FC8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>B</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610381A3" w14:textId="77777777" w:rsidR="00DC72BC" w:rsidRDefault="00DC72BC" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75EDD184" w14:textId="7CFB56FA" w:rsidR="004450E3" w:rsidRPr="00F10586" w:rsidRDefault="004450E3" w:rsidP="00F10586">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc899989879"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00C31D9E">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C43AAF">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Age-standardised net survival</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="6014017A" w14:textId="23EF4216" w:rsidR="004450E3" w:rsidRDefault="4297F465" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The survival of cancer varies greatly with age. Differences in the age structure of populations between geographical areas or over time therefore need to be controlled to give unbiased comparisons of survival. Age-standardisation allows comparison of rates across different populations whil</w:t>
       </w:r>
       <w:r w:rsidR="691C4925">
         <w:t>st</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> taking</w:t>
       </w:r>
       <w:r w:rsidR="691C4925">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">account of the different age </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">structures of those populations. Age-standardised net survival (%) is an estimate that would occur if that population (of cancer patients) had an age structure matching that of the general population. Using this metric allows fair comparison of the rates across different regions in Wales, other countries in </w:t>
+        <w:t xml:space="preserve">account of the different age structures of those populations. Age-standardised net survival (%) is an estimate that would occur if that population (of cancer patients) had an age structure matching that of the general population. Using this metric allows fair comparison of the rates across different regions in Wales, other countries in </w:t>
       </w:r>
       <w:r w:rsidR="691C4925">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
-        <w:t>UK and Europe, and between different time periods. Survival estimates for five broad age groups are assigned standard weights and summed to give the age-standardised survival estimate (Corazziari et al., 2004)</w:t>
+        <w:t>UK and Europe, and between different time periods. Survival estimates for five broad age groups are assigned standard weights and summed to give the age-standardised survival estimate (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> et al., 2004)</w:t>
       </w:r>
       <w:r w:rsidR="00466933">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink w:anchor="_11_Appendix_B">
         <w:r w:rsidRPr="69ACC922">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
         <w:r w:rsidR="46483874" w:rsidRPr="69ACC922">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>B</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
@@ -11770,51 +11980,77 @@
                             </w:pPr>
                             <w:bookmarkStart w:id="43" w:name="_Hlk143505132"/>
                             <w:r w:rsidRPr="009906AE">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i w:val="0"/>
                                 <w:iCs w:val="0"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Figure 2: Using confidence intervals for making comparisons. </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009906AE">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i w:val="0"/>
                                 <w:iCs w:val="0"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:br/>
-                              <w:t xml:space="preserve">a) &amp; b) Non-overlapping confidence intervals are considered statistically significant. </w:t>
+                              <w:t xml:space="preserve">a) &amp; b) </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="009906AE">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:color w:val="auto"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t>Non-overlapping</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r w:rsidRPr="009906AE">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:color w:val="auto"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> confidence intervals are considered statistically significant. </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009906AE">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i w:val="0"/>
                                 <w:iCs w:val="0"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                             <w:bookmarkEnd w:id="43"/>
                             <w:r w:rsidRPr="009906AE">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:i w:val="0"/>
                                 <w:iCs w:val="0"/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">c) Overlapping confidence intervals do not always indicate a difference that is not statistically significant.  </w:t>
@@ -12448,51 +12684,59 @@
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Survival analysis was carried out in </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC72BC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>STATA 14.2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18CCB6C9" w14:textId="244309FF" w:rsidR="005B668C" w:rsidRDefault="005B668C" w:rsidP="002E24F6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The interactive profile, ‘Cancer </w:t>
       </w:r>
       <w:r w:rsidR="003A7755">
         <w:t>Reporting</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Tool,’ was created using RShiny version </w:t>
+        <w:t xml:space="preserve"> Tool,’ was created using </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RShiny</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> version </w:t>
       </w:r>
       <w:r w:rsidR="00193E30">
         <w:t>2022.07.2+576 and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> published via shinyapps.io. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECC3DBC" w14:textId="5A737E1C" w:rsidR="005B668C" w:rsidRDefault="005B668C" w:rsidP="002E24F6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Data snapshots are taken and analysed for each Official Statistics publication produced by the WCISU. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA4D2E3" w14:textId="31706A33" w:rsidR="00374A1E" w:rsidRDefault="0D8FFD0C" w:rsidP="0D5B0655">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The snapshot of the cancer registration database for </w:t>
       </w:r>
       <w:r w:rsidR="4006CAA4">
         <w:t>survival</w:t>
@@ -12711,52 +12955,57 @@
         <w:t xml:space="preserve">survival are: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62B44003" w14:textId="77777777" w:rsidR="002E2A51" w:rsidRDefault="002E2A51" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The public and community groups </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46849CE7" w14:textId="75483231" w:rsidR="002E2A51" w:rsidRDefault="002E2A51" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">NHS Wales as a whole, and Health Boards, Trusts, and the NHS Wales Cancer Implementation Group and Wales Cancer Network, as well as other teams in Public Health Wales and other national and local public bodies </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>NHS Wales as a whole, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Health Boards, Trusts, and the NHS Wales Cancer Implementation Group and Wales Cancer Network, as well as other teams in Public Health Wales and other national and local public bodies </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A0D74EF" w14:textId="77777777" w:rsidR="002E2A51" w:rsidRDefault="002E2A51" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Professional bodies, clinicians of all disciplines, and policy makers </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF472F8" w14:textId="3EE7096A" w:rsidR="002E2A51" w:rsidRDefault="002E2A51" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12914,51 +13163,59 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="48" w:name="_Toc1214216938"/>
       <w:r>
         <w:t>4 Accuracy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="03F603B8" w14:textId="65358FF6" w:rsidR="0067055C" w:rsidRPr="00CE310E" w:rsidRDefault="0067055C" w:rsidP="00E43A91">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc272370576"/>
       <w:r>
         <w:t>4.1. Cancer registration</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="1F9FB854" w14:textId="77777777" w:rsidR="0067055C" w:rsidRDefault="0067055C" w:rsidP="00937104">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The registration of cancer cases is a dynamic process in the sense that the database is always open and changing. The database is dynamic in a number of ways: </w:t>
+        <w:t xml:space="preserve">The registration of cancer cases is a dynamic process in the sense that the database is always open and changing. The database is dynamic in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ways: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5156E80E" w14:textId="37BDD9CB" w:rsidR="0067055C" w:rsidRDefault="0036424D" w:rsidP="00937104">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="0067055C">
         <w:t>ew cancer cases will be registered: this can include ne</w:t>
       </w:r>
       <w:r>
         <w:t>w ‘</w:t>
       </w:r>
       <w:r w:rsidR="0067055C">
         <w:t>late</w:t>
       </w:r>
       <w:r>
@@ -13018,51 +13275,59 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and deletions. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="664BE4FE" w14:textId="49EFC4D4" w:rsidR="0067055C" w:rsidRDefault="0067055C" w:rsidP="00937104">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="005F7F84">
         <w:t xml:space="preserve">Wales implemented a new cancer registration system named CATRIN in 2015. This is the same as the ENCORE system used in </w:t>
       </w:r>
       <w:r w:rsidR="00A25763" w:rsidRPr="00D2393C">
         <w:t xml:space="preserve">NHS England (formally known as </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2393C">
         <w:t>Public Health England</w:t>
       </w:r>
       <w:r w:rsidR="00A25763" w:rsidRPr="005F7F84">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005F7F84">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">which has inbuilt registration validations. This modernisation programme has improved cross border data sharing in particular. The data migration process placed a particular emphasis on reducing duplicate registrations existing in both Wales and England registry databases. A quality assurance and de-duplication exercise was undertaken to rationalise the cancer registrations across the two countries. Therefore, this may reflect in a reduction </w:t>
+        <w:t xml:space="preserve">which has inbuilt registration validations. This modernisation programme has improved cross border data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>sharing in particular</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. The data migration process placed a particular emphasis on reducing duplicate registrations existing in both Wales and England registry databases. A quality assurance and de-duplication exercise was undertaken to rationalise the cancer registrations across the two countries. Therefore, this may reflect in a reduction </w:t>
       </w:r>
       <w:r w:rsidR="0036424D">
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> incidence. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11347572" w14:textId="5C65B983" w:rsidR="00CB041A" w:rsidRPr="00D2393C" w:rsidRDefault="00CB041A" w:rsidP="00937104">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D2393C">
         <w:t xml:space="preserve">Data is supplied by multiple data providers from NHS Wales Health Boards and Trusts, </w:t>
       </w:r>
       <w:r w:rsidR="00A25763" w:rsidRPr="00D2393C">
         <w:t xml:space="preserve">DHCW (formally known as </w:t>
       </w:r>
       <w:r w:rsidRPr="00D2393C">
         <w:t>NHS Wales Informatics Service</w:t>
       </w:r>
       <w:r w:rsidR="00A25763" w:rsidRPr="00D2393C">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2393C">
@@ -13242,55 +13507,60 @@
       </w:r>
       <w:r w:rsidR="00BA219D">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fficial </w:t>
       </w:r>
       <w:r w:rsidR="00BA219D">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">tatistics publications mapped to and reported on ICD-10v0 for all diagnosing years. However, </w:t>
       </w:r>
       <w:r w:rsidR="00BA219D">
         <w:t xml:space="preserve">publications from 2022 onwards </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">will report on ICD-10v0 for diagnosing years 2001 to 2012, and ICD-10v4 from 2013 onwards. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E09F74" w14:textId="3D459C8D" w:rsidR="00DC72BC" w:rsidRDefault="6C1CDC51" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>There have been changes and revisions regarding the coding of some cancers using ICD10v4, such as the introduction of new diagnosis codes along with minor changes to some cancer descriptions and naming conventions. There have been some more significant changes related to the coding of blood cancers, mainly non-Hodgkin lymphoma and leukaemia</w:t>
+        <w:t xml:space="preserve">There have been changes and revisions regarding the coding of some cancers using ICD10v4, such as the introduction of new diagnosis codes along with minor changes to some cancer descriptions and naming conventions. There have been some more significant changes related to the coding of blood cancers, mainly non-Hodgkin lymphoma and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>leukaemia</w:t>
       </w:r>
       <w:r w:rsidR="0047A52E">
         <w:t>s</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> being coded more precisely. Therefore, caution is advised when examining trends for these sites as well as sites of unknown or unspecified origin. The change in reporting of ICD-10 from 2013 onwards should also be taken into consideration when examining data.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B4626B" w14:textId="77777777" w:rsidR="00D47190" w:rsidRDefault="00D47190" w:rsidP="41683809">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5392530F" w14:textId="1949C61C" w:rsidR="00D47190" w:rsidRDefault="003311FE" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc157099651"/>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -13301,51 +13571,59 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Morphology and behaviour codes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="174B4B8E" w14:textId="67B8455C" w:rsidR="005A5DF3" w:rsidRPr="005A5DF3" w:rsidRDefault="007F24F9" w:rsidP="41683809">
       <w:r w:rsidRPr="41683809">
         <w:t xml:space="preserve">Morphology </w:t>
       </w:r>
       <w:r w:rsidR="003A1DA5" w:rsidRPr="41683809">
         <w:t xml:space="preserve">and behaviour codes describe the </w:t>
       </w:r>
       <w:r w:rsidR="00D95620" w:rsidRPr="41683809">
         <w:t>characteristics and type of cancer cells and how they behave.</w:t>
       </w:r>
       <w:r w:rsidR="00803866" w:rsidRPr="41683809">
         <w:t xml:space="preserve"> From 2016 onwards</w:t>
       </w:r>
       <w:r w:rsidR="00174FC9" w:rsidRPr="41683809">
         <w:t xml:space="preserve">, the WCISU have coded morphology in ICD-O3. Prior to this, coding used ICD-O2. A mapping has been developed and applied to cases </w:t>
       </w:r>
       <w:r w:rsidR="009F0E21" w:rsidRPr="41683809">
-        <w:t>pre-2016 in order to determine the equivalent ICD-O3 morphology for consistency. A small number of cases have not be</w:t>
+        <w:t xml:space="preserve">pre-2016 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F0E21" w:rsidRPr="41683809">
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F0E21" w:rsidRPr="41683809">
+        <w:t xml:space="preserve"> determine the equivalent ICD-O3 morphology for consistency. A small number of cases have not be</w:t>
       </w:r>
       <w:r w:rsidR="007F3BD1" w:rsidRPr="41683809">
         <w:t>en able to be mapped. We are investigating these cases and developing tools for their inclusion in future.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36DD2FAB" w14:textId="77777777" w:rsidR="00DC0C51" w:rsidRDefault="00DC0C51" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52C094C1" w14:textId="14D65BCB" w:rsidR="00F36767" w:rsidRPr="00F10586" w:rsidRDefault="00F36767" w:rsidP="00F10586">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc1975882798"/>
       <w:r>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.</w:t>
@@ -13433,51 +13711,59 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Life</w:t>
       </w:r>
       <w:r w:rsidR="00BA219D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tables</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="18BDA2D6" w14:textId="77777777" w:rsidR="00CF0E06" w:rsidRDefault="00CF0E06" w:rsidP="00380778">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Survival analysis estimates the net survival (%) of patients with cancer. These survival figures have been used to produce unstandardised and age-standardised estimates. The model uses population life tables to remove background mortality, and assumes the remaining mortality is due to cancer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1CA417" w14:textId="3FB4F6E7" w:rsidR="00CF0E06" w:rsidRPr="00937104" w:rsidRDefault="00CF0E06" w:rsidP="00380778">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Net survival analysis involves comparing the survival of patients with cancer with background mortality (the survival of the general population). For reasons of practicality, our background mortality data includes cancer deaths. This is unlikely to skew our net survival figures for specific cancer sites, but it would likely have an effect on deaths from all cancers, because cancer accounts for about a quarter of all deaths. </w:t>
+        <w:t xml:space="preserve">Net survival analysis involves comparing the survival of patients with cancer with background mortality (the survival of the general population). For reasons of practicality, our background mortality data includes cancer deaths. This is unlikely to skew our net survival figures for specific cancer sites, but it would likely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>have an effect on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> deaths from all cancers, because cancer accounts for about a quarter of all deaths. </w:t>
       </w:r>
       <w:r w:rsidRPr="00937104">
         <w:t xml:space="preserve">For that reason, </w:t>
       </w:r>
       <w:r w:rsidR="000F4E32" w:rsidRPr="00937104">
         <w:t>caution is advised when interpreting survival for all cancers combined, and focus should be on the change over time as opposed to the survival estimate.</w:t>
       </w:r>
       <w:r w:rsidRPr="00937104">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F7B092" w14:textId="397BD366" w:rsidR="00BA4EAA" w:rsidRDefault="527A0076" w:rsidP="00BA4EAA">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA4EAA">
         <w:t>The life tables were developed in-house and modelled using a flexible Poisson model.  The modelled life tables use three years of death data and three years of population data centred around the year of interest in analysis.</w:t>
       </w:r>
       <w:r w:rsidRPr="00937104">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA4EAA" w:rsidRPr="00937104">
         <w:t>This methodology was based on the Rachet et al paper</w:t>
       </w:r>
       <w:r w:rsidR="00BA4EAA">
@@ -13595,51 +13881,59 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="325083"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B547E0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="325083"/>
         </w:rPr>
         <w:t>Handling of Mortality Data for Ages 90+</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A1107A" w14:textId="3EE655AC" w:rsidR="00A0719A" w:rsidRPr="009C3118" w:rsidRDefault="00A0719A" w:rsidP="3661C7DE">
       <w:r w:rsidRPr="3661C7DE">
         <w:t>In the dataset used for modelling (which contains raw population and death counts stratified by year, sex, deprivation quintile, and age), mortality data for individuals over 90 years is not provided in single-year increments. Instead, the total number of deaths for all individuals aged 90+ is supplied, while population estimates remain available for each individual year of age.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072463FF" w14:textId="07EAE0A9" w:rsidR="6D01FCDB" w:rsidRDefault="00A0719A" w:rsidP="6D01FCDB">
       <w:r w:rsidRPr="3661C7DE">
-        <w:t xml:space="preserve"> To address this, we estimate a median age of mortality for individuals over 90 and apply the aggregated 90+ mortality rate to this specific age. Since our model extrapolates trends in deprivation-specific mortality beyond this median age, and given that </w:t>
+        <w:t xml:space="preserve"> To address this, we estimate a median age of mortality for individuals over 90 and apply the aggregated 90+ mortality rate to this specific age. Since our model extrapolates trends in deprivation-specific mortality beyond this median </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="3661C7DE">
+        <w:t>age, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="3661C7DE">
+        <w:t xml:space="preserve"> given that </w:t>
       </w:r>
       <w:r w:rsidR="009C3118" w:rsidRPr="3661C7DE">
         <w:t>deprivation</w:t>
       </w:r>
       <w:r w:rsidRPr="3661C7DE">
         <w:t xml:space="preserve"> inequalities in mortality tend to diminish at older ages, this approach can sometimes result in a crossover effect in death rates at the upper age range (approximately ages 93–99).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E82CABD" w14:textId="066872B6" w:rsidR="00CF0E06" w:rsidRPr="00937104" w:rsidRDefault="00CF0E06" w:rsidP="6D01FCDB">
       <w:r>
         <w:t xml:space="preserve">The effect of Covid-19 may be seen for diagnosis periods including 2019 onwards for one-year survival, 2015 onwards for five-year survival and 2010 onwards for ten-year survival. This analysis uses modelled life tables developed in-house which do not fully account for changes in background mortality due to the Covid-19 pandemic. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA87507" w14:textId="28195BDD" w:rsidR="00CF0E06" w:rsidRDefault="6E07454D" w:rsidP="6D01FCDB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="6D01FCDB">
         <w:t>Due to data availability for small area populations at the time of publication, cancer patients diagnosed in 2002 use the 2002-2004 lifetable</w:t>
       </w:r>
       <w:r w:rsidR="6958EB7B" w:rsidRPr="6D01FCDB">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="6D01FCDB">
         <w:t xml:space="preserve"> As a result </w:t>
@@ -13963,76 +14257,88 @@
       <w:hyperlink r:id="rId29">
         <w:r w:rsidR="2B4A5081" w:rsidRPr="7BDE8E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Cancer in Five Continents.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="2B4A5081">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D5B5082" w14:textId="0D73CA4A" w:rsidR="003B36C7" w:rsidRDefault="7A013286" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Due to differences in the life tables between different cancer registries, we advise against making direct comparisons between the different UK Jurisdictions. We are working with other registries towards improving comparability. In the interim, the European/world studies </w:t>
       </w:r>
       <w:r w:rsidR="7D0CFF45">
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> suitable for comparisons between the different UK Jurisdictions as the same methodology was applied, however data for recent periods is not yet available (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.iss.it/en/-/eurocare-5-3"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F57E75">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Eurocare</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6631FC24" w14:textId="355CBDFE" w:rsidR="003B36C7" w:rsidRDefault="7A013286" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The WCISU have recently published their 202</w:t>
       </w:r>
       <w:r w:rsidR="00F338FF">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">UKIACR performance indicators. Further information regarding the data completeness and quality of cancer registry data is detailed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00F57E75">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>UKIACR performance indicators reports</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AD8CDE" w14:textId="3AF5AD3B" w:rsidR="00DC72BC" w:rsidRDefault="00DC72BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Ubuntu" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="325083"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="458482E8" w14:textId="2BF7553B" w:rsidR="003B36C7" w:rsidRPr="00CE310E" w:rsidRDefault="003B36C7" w:rsidP="001F5B9A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
@@ -14103,51 +14409,65 @@
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Approval under Section 251 of the NHS Act 2006</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EE29CB" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Public Health Wales undertakes a number of activities that cannot be classed as direct care, but where the obtaining explicit consent would be impractical or would compromise the integrity of the relevant activity. Examples include:</w:t>
+        <w:t xml:space="preserve">Public Health Wales undertakes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B36C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B36C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities that cannot be classed as direct care, but where the obtaining explicit consent would be impractical or would compromise the integrity of the relevant activity. Examples include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14BCD303" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Evaluation of screening programmes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="024AC62F" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -14222,52 +14542,60 @@
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Under General Data Protection Regulation (GDPR), we follow: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEF0EA2" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRPr="00232D89" w:rsidRDefault="003B36C7" w:rsidP="00232D89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00232D89">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Article 6 (1) e - processing is necessary for the performance of a task carried out in the public interest or in the exercise of official authority vested in the controller;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Article 6 (1) e - processing is necessary for the performance of a task carried out in the public interest or in the exercise of official authority vested in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00232D89">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>controller;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="01112DB4" w14:textId="5041EDF5" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="00232D89" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B36C7" w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B13057F" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRPr="00232D89" w:rsidRDefault="003B36C7" w:rsidP="00232D89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -14401,122 +14729,130 @@
     </w:p>
     <w:p w14:paraId="4B0E243F" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>lay a copy of the national indicators before the National Assembly. The 46 national indicators were laid in March 2016</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78916910" w14:textId="358C3785" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="6D06B08A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information on indicators and associated technical information - How do you measure a nation’s progress? - National Indicators</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7D788564" w14:textId="2D6208B2" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Further information on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="003B36C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>Well-being of Future Generations (Wales) Act 2015</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A253D4" w14:textId="77777777" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B36C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>The statistics included in this release could also provide supporting narrative to the national indicators and be used by public services boards in relation to their local well-being assessments and local well-being plans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5576A14A" w14:textId="09D2818F" w:rsidR="003B36C7" w:rsidRPr="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="7BDE8E7A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve">The WCISU adheres to the United Kingdom and Ireland Association of Cancer Registries (UKIACR) small numbers guidance for cancer </w:t>
       </w:r>
       <w:r w:rsidR="00232D89" w:rsidRPr="7BDE8E7A">
         <w:t>incidence,</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
-        <w:t xml:space="preserve"> i.e. where a cancer incidence count of less than five is observed in any cell with the population at risk being less than 1,000 then the value is suppressed.</w:t>
+        <w:t xml:space="preserve"> i.e. where a cancer incidence </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="7BDE8E7A">
+        <w:t>count</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="7BDE8E7A">
+        <w:t xml:space="preserve"> of less than five is observed in any cell with the population at risk being less than 1,000 then the value is suppressed.</w:t>
       </w:r>
       <w:r w:rsidR="00826779" w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve">WCISU also adheres to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="7BDE8E7A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Office for National Statistics</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:t xml:space="preserve"> disclosure control guidance for mortality statistics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A2DA16B" w14:textId="589B8A07" w:rsidR="003B36C7" w:rsidRDefault="003B36C7" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="594BD5ED" w14:textId="22AE95EA" w:rsidR="00F060FE" w:rsidRDefault="00F060FE">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="620B0EAD" w14:textId="2B38A522" w:rsidR="00760CF3" w:rsidRPr="00CE310E" w:rsidRDefault="00760CF3" w:rsidP="001F5B9A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
@@ -15087,52 +15423,57 @@
     <w:p w14:paraId="164D00EC" w14:textId="1F732B24" w:rsidR="007E4F6D" w:rsidRDefault="007E4F6D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NMSC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-        <w:t>Non-melanoma skin cancer</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Non-melanoma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> skin cancer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DED01C8" w14:textId="0FEE2870" w:rsidR="007E4F6D" w:rsidRDefault="007E4F6D" w:rsidP="00317A89">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ONS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -15435,51 +15776,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42FFAA87" w14:textId="051CD4B2" w:rsidR="008E61A4" w:rsidRPr="008E61A4" w:rsidRDefault="008E73E1" w:rsidP="008E61A4">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A7ECB7C" wp14:editId="43731B3B">
             <wp:extent cx="5731510" cy="6134100"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="1151215856" name="Picture 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId35">
+                    <a:blip r:embed="rId34">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect b="10273"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="6134100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -15523,107 +15864,135 @@
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Cancer type map</w:t>
       </w:r>
       <w:r w:rsidR="00750DC3" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C91358" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Neuroendorine neoplasms</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00972133" w:rsidRPr="7BDE8E7A">
+        <w:t>Neuroendorine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C91358" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (NEN)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001519B7" w:rsidRPr="7BDE8E7A">
+        <w:t xml:space="preserve"> neoplasms</w:t>
+      </w:r>
+      <w:r w:rsidR="00972133" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  (also includes</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00972133" w:rsidRPr="7BDE8E7A">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>NEN)</w:t>
+      </w:r>
+      <w:r w:rsidR="001519B7" w:rsidRPr="7BDE8E7A">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001519B7" w:rsidRPr="7BDE8E7A">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>also includes</w:t>
       </w:r>
       <w:r w:rsidR="000B7E22" w:rsidRPr="7BDE8E7A">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> small cell lung cancer in above table)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="66A59583" w14:textId="4D9BA677" w:rsidR="0096525B" w:rsidRDefault="00DF519F" w:rsidP="00D47FD1">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="537B5BA2" wp14:editId="0EBEDC36">
             <wp:extent cx="5731510" cy="956945"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="9099280" name="Picture 1" descr="A close-up of a computer code&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9099280" name="Picture 1" descr="A close-up of a computer code&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId36"/>
+                    <a:blip r:embed="rId35"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="956945"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="58EB8184" w14:textId="77777777" w:rsidR="005E09FE" w:rsidRPr="003423CD" w:rsidRDefault="005E09FE" w:rsidP="00D47FD1"/>
     <w:p w14:paraId="0EB9D8C2" w14:textId="3C4F3D3B" w:rsidR="002D5ADF" w:rsidRPr="002D5ADF" w:rsidRDefault="002D5ADF" w:rsidP="002D5ADF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
@@ -15663,51 +16032,51 @@
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="5AAC6CF5" w14:textId="758D0B72" w:rsidR="3745357E" w:rsidRDefault="4FE3BE14" w:rsidP="41683809">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4476517A" wp14:editId="200BFF2A">
             <wp:extent cx="5772150" cy="1344594"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="57191414" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="57191414" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId37">
+                    <a:blip r:embed="rId36">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5772150" cy="1344594"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -15724,51 +16093,51 @@
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="58431F1A" w14:textId="47E82BFC" w:rsidR="00506292" w:rsidRDefault="002B7C12" w:rsidP="00506292">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5CF0D596" wp14:editId="65C785C7">
             <wp:extent cx="5731510" cy="758190"/>
             <wp:effectExtent l="0" t="0" r="2540" b="3810"/>
             <wp:docPr id="1190982903" name="Picture 1" descr="A close-up of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1190982903" name="Picture 1" descr="A close-up of a computer screen&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38"/>
+                    <a:blip r:embed="rId37"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="758190"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B9C27F" w14:textId="38A15861" w:rsidR="00C3657E" w:rsidRDefault="00C3657E" w:rsidP="1B4B16F4"/>
     <w:p w14:paraId="6F715E36" w14:textId="2D48C2BE" w:rsidR="00FE0598" w:rsidRPr="00DC72BC" w:rsidRDefault="002E3EF3" w:rsidP="001F5B9A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
@@ -15803,51 +16172,51 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="408A4A15" wp14:editId="6108DE69">
             <wp:extent cx="3895725" cy="1310640"/>
             <wp:effectExtent l="0" t="0" r="9525" b="3810"/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39">
+                    <a:blip r:embed="rId38">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3895725" cy="1310640"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -16004,51 +16373,59 @@
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE6D8C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Testis, Hodgkin lymphoma, acute lymphatic leukaemia                                           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59478D50" w14:textId="2C02EBF8" w:rsidR="002E3EF3" w:rsidRPr="00DE6D8C" w:rsidRDefault="002E3EF3" w:rsidP="002E3EF3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0568E530">
-        <w:t>* For bone cancers, Corazziari et al. (2004)</w:t>
+        <w:t xml:space="preserve">* For bone cancers, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0568E530">
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0568E530">
+        <w:t xml:space="preserve"> et al. (2004)</w:t>
       </w:r>
       <w:r w:rsidR="00466933" w:rsidRPr="0568E530">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidRPr="0568E530">
         <w:t xml:space="preserve"> recommend using ages 20+ for survival and so ICSS2 with lower age band 20-44 has been used.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6F4E40" w14:textId="77777777" w:rsidR="002E3EF3" w:rsidRPr="00DE6D8C" w:rsidRDefault="002E3EF3" w:rsidP="002E3EF3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29051EE4" w14:textId="0C47AA67" w:rsidR="002E3EF3" w:rsidRPr="00DE6D8C" w:rsidRDefault="002E3EF3" w:rsidP="002E3EF3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
@@ -16221,51 +16598,51 @@
     </w:p>
     <w:p w14:paraId="1280F1FD" w14:textId="77777777" w:rsidR="00C50BA2" w:rsidRPr="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
     <w:bookmarkEnd w:id="89"/>
     <w:p w14:paraId="697C2C7F" w14:textId="63BB2613" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DB084DE" wp14:editId="082C955F">
             <wp:extent cx="5379085" cy="5184804"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId40"/>
+                    <a:blip r:embed="rId39"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5379578" cy="5185279"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="075ACCA3" w14:textId="41694B01" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
     <w:p w14:paraId="7F6F2B45" w14:textId="66DBE1F6" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
     <w:p w14:paraId="1C7889CA" w14:textId="574AC1AE" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
     <w:p w14:paraId="69F50BFF" w14:textId="78DA2307" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
     <w:p w14:paraId="637ECB3C" w14:textId="1247BB34" w:rsidR="00C50BA2" w:rsidRDefault="00C50BA2" w:rsidP="00C50BA2"/>
@@ -16294,106 +16671,106 @@
       <w:bookmarkEnd w:id="94"/>
     </w:p>
     <w:p w14:paraId="28F5548C" w14:textId="1CB05306" w:rsidR="00815DD9" w:rsidRPr="00815DD9" w:rsidRDefault="008C2778" w:rsidP="00815DD9">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A1EED94" wp14:editId="048235F5">
             <wp:extent cx="5940691" cy="3477401"/>
             <wp:effectExtent l="0" t="0" r="3175" b="8890"/>
             <wp:docPr id="647818604" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41" cstate="print">
+                    <a:blip r:embed="rId40" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5960400" cy="3488938"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC61A1C" w14:textId="3FF33836" w:rsidR="00815DD9" w:rsidRDefault="002C2388" w:rsidP="00031D1B">
       <w:bookmarkStart w:id="95" w:name="_14_Appendix_E"/>
       <w:bookmarkEnd w:id="93"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BD330DB" wp14:editId="0A4FC20D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BD330DB" wp14:editId="044E1420">
             <wp:extent cx="5954233" cy="3424113"/>
             <wp:effectExtent l="0" t="0" r="8890" b="5080"/>
             <wp:docPr id="433411129" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42" cstate="print">
+                    <a:blip r:embed="rId41" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5967764" cy="3431894"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -16404,51 +16781,51 @@
     <w:p w14:paraId="3B961BAE" w14:textId="6C0894FA" w:rsidR="00815DD9" w:rsidRDefault="00815DD9" w:rsidP="00031D1B"/>
     <w:p w14:paraId="3DA507A9" w14:textId="41B8015A" w:rsidR="00815DD9" w:rsidRDefault="009D6AD9" w:rsidP="00031D1B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="545B0909" wp14:editId="13F92258">
             <wp:extent cx="5922527" cy="3461917"/>
             <wp:effectExtent l="0" t="0" r="2540" b="5715"/>
             <wp:docPr id="1571322608" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43" cstate="print">
+                    <a:blip r:embed="rId42" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5946156" cy="3475729"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -16456,51 +16833,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="499FE8D6" w14:textId="590F31DC" w:rsidR="00815DD9" w:rsidRDefault="00494179" w:rsidP="00031D1B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76232A8C" wp14:editId="74128528">
             <wp:extent cx="5943600" cy="3514624"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1462742265" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44" cstate="print">
+                    <a:blip r:embed="rId43" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5955893" cy="3521893"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -16509,51 +16886,51 @@
     </w:p>
     <w:p w14:paraId="03797CAE" w14:textId="01E5440B" w:rsidR="00815DD9" w:rsidRDefault="00FA0BA2" w:rsidP="00031D1B">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="27BB92CD" wp14:editId="5F7E6B55">
             <wp:extent cx="6003059" cy="3549783"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2108603094" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45" cstate="print">
+                    <a:blip r:embed="rId44" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6048027" cy="3576374"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -16621,51 +16998,51 @@
     <w:p w14:paraId="5604472D" w14:textId="67BF4026" w:rsidR="00DE6D8C" w:rsidRDefault="00DE6D8C" w:rsidP="001A471F">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="596DF8E7" wp14:editId="347FFDC8">
             <wp:extent cx="4590416" cy="4596766"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="6" name="Picture 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46">
+                    <a:blip r:embed="rId45">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4590416" cy="4596766"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -16693,88 +17070,88 @@
       <w:r>
         <w:t>15.1 A list of the broad cause groups and corresponding ICD-10 codes</w:t>
       </w:r>
       <w:r w:rsidR="00F056CB">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E0B6069" wp14:editId="57BEB0EA">
             <wp:extent cx="5576570" cy="1683385"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="28" name="Picture 28"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47">
+                    <a:blip r:embed="rId46">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5576570" cy="1683385"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
     <w:sectPr w:rsidR="0085148C" w:rsidSect="00EE1AC5">
-      <w:headerReference w:type="default" r:id="rId48"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId51"/>
+      <w:headerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:headerReference w:type="first" r:id="rId49"/>
+      <w:footerReference w:type="first" r:id="rId50"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46FA53E2" w14:textId="77777777" w:rsidR="00255815" w:rsidRDefault="00255815" w:rsidP="00416633">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C70F20D" w14:textId="77777777" w:rsidR="00255815" w:rsidRDefault="00255815"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="51FDFF37" w14:textId="77777777" w:rsidR="00255815" w:rsidRDefault="00255815" w:rsidP="00416633">
@@ -17289,51 +17666,105 @@
     <w:p w14:paraId="2BD60F69" w14:textId="77777777" w:rsidR="00176D76" w:rsidRPr="00F96F12" w:rsidRDefault="00176D76" w:rsidP="006753B1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Clerc-Urmès I, Grzebyk M, Hédelin G, 2014. Net survival estimation with stns. Stata Journal. 2014;14:87-102</w:t>
+        <w:t xml:space="preserve"> Clerc-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Urmès</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, Grzebyk M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Hédelin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> G, 2014. Net survival estimation with stns. Stata Journal. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>2014;14:87</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>-102</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="2E4C5E92" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="00EE1A87">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D414B">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
@@ -17406,51 +17837,87 @@
     <w:p w14:paraId="0F15AEEF" w14:textId="77777777" w:rsidR="00176D76" w:rsidRPr="00F96F12" w:rsidRDefault="00176D76" w:rsidP="006753B1">
       <w:pPr>
         <w:ind w:right="-45"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Corazziari I, Quinn M, Capocaccia R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, Quinn M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Capocaccia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE4AF5C" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="006753B1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="67DE74CB" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="00BE6425">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
@@ -17524,57 +17991,85 @@
     <w:p w14:paraId="7EFBB69D" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="00146130">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p w14:paraId="0CB36EA1" w14:textId="64BC8594" w:rsidR="00176D76" w:rsidRDefault="00176D76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Corazziari I, Quinn M, Capocaccia R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, Quinn M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Capocaccia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F5D657E" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="58D245A1" w14:textId="79455AE5" w:rsidR="00176D76" w:rsidRDefault="00176D76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
@@ -17702,51 +18197,91 @@
       </w:pPr>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F96F12">
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ubuntu"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Wilson, E.B. Probable inference, the law of succession, and statistical inference.  J Am Stat Assoc. 1927; 22:09-212.  Cited in Altman D.G. et al  Statistics with Confidence (2nd edn). 2000. BMJ Books: UK (page 46)</w:t>
+        <w:t xml:space="preserve">Wilson, E.B. Probable inference, the law of succession, and statistical inference.  J Am Stat Assoc. 1927; 22:09-212.  Cited in Altman D.G. et </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>al  Statistics</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Confidence (2nd </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>edn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F96F12">
+        <w:rPr>
+          <w:rStyle w:val="HTMLTypewriter"/>
+          <w:rFonts w:ascii="Ubuntu" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Ubuntu"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>). 2000. BMJ Books: UK (page 46)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D7F574" w14:textId="1FDCACD9" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="00BE6425">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:keepLines/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42F042F9" w14:textId="77777777" w:rsidR="00176D76" w:rsidRDefault="00176D76" w:rsidP="00BE6425">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2280"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="HTMLTypewriter"/>
           <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -17834,57 +18369,85 @@
           <w:t>https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4851786/pdf/12889_2015_Article_2534.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
     <w:p w14:paraId="45BA4A61" w14:textId="77777777" w:rsidR="00176D76" w:rsidRPr="002E3EF3" w:rsidRDefault="00176D76" w:rsidP="00466933">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="69ACC922">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>Corazziari I, Quinn M, Capocaccia R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
+        <w:t>Corazziari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="69ACC922">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, Quinn M, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="69ACC922">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Capocaccia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="69ACC922">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> R, 2004. Standard cancer patient population for age standardising survival ratio. European Journal of Cancer 40: 2307-2316</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072363B0" w14:textId="5AB8D06E" w:rsidR="00176D76" w:rsidRDefault="00176D76">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E743774" w14:textId="4CBBD5BF" w:rsidR="00176D76" w:rsidRDefault="00176D76">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B29907B" wp14:editId="2882650D">
           <wp:simplePos x="0" y="0"/>
@@ -21423,50 +21986,51 @@
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1038973855">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1810122257">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2107192946">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1815560653">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="169300979">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="941837609">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007102E8"/>
@@ -22035,50 +22599,51 @@
     <w:rsid w:val="007D41E5"/>
     <w:rsid w:val="007D7544"/>
     <w:rsid w:val="007E48A5"/>
     <w:rsid w:val="007E4F6D"/>
     <w:rsid w:val="007E5409"/>
     <w:rsid w:val="007E6887"/>
     <w:rsid w:val="007F0A5A"/>
     <w:rsid w:val="007F11D2"/>
     <w:rsid w:val="007F1FAE"/>
     <w:rsid w:val="007F24F9"/>
     <w:rsid w:val="007F3BD1"/>
     <w:rsid w:val="007F426F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="007F6FC4"/>
     <w:rsid w:val="00800430"/>
     <w:rsid w:val="00803866"/>
     <w:rsid w:val="00803B06"/>
     <w:rsid w:val="00804256"/>
     <w:rsid w:val="008069A8"/>
     <w:rsid w:val="00807CFF"/>
     <w:rsid w:val="00810624"/>
     <w:rsid w:val="00811D9B"/>
     <w:rsid w:val="00813CE5"/>
     <w:rsid w:val="00815DD9"/>
     <w:rsid w:val="00816269"/>
+    <w:rsid w:val="00816726"/>
     <w:rsid w:val="008174EF"/>
     <w:rsid w:val="00817C4A"/>
     <w:rsid w:val="008259FD"/>
     <w:rsid w:val="00826779"/>
     <w:rsid w:val="00826AD9"/>
     <w:rsid w:val="008308F9"/>
     <w:rsid w:val="0083255F"/>
     <w:rsid w:val="00834F50"/>
     <w:rsid w:val="0083527E"/>
     <w:rsid w:val="00842C4C"/>
     <w:rsid w:val="00845DBE"/>
     <w:rsid w:val="0085148C"/>
     <w:rsid w:val="0085373A"/>
     <w:rsid w:val="00854855"/>
     <w:rsid w:val="0085774A"/>
     <w:rsid w:val="00860570"/>
     <w:rsid w:val="00862B4E"/>
     <w:rsid w:val="0086498E"/>
     <w:rsid w:val="00866985"/>
     <w:rsid w:val="008728FF"/>
     <w:rsid w:val="00872CE7"/>
     <w:rsid w:val="00873650"/>
     <w:rsid w:val="00874D8A"/>
     <w:rsid w:val="008770F9"/>
     <w:rsid w:val="0087770A"/>
@@ -22194,50 +22759,51 @@
     <w:rsid w:val="00A0207B"/>
     <w:rsid w:val="00A03593"/>
     <w:rsid w:val="00A05379"/>
     <w:rsid w:val="00A0719A"/>
     <w:rsid w:val="00A071EC"/>
     <w:rsid w:val="00A07BB8"/>
     <w:rsid w:val="00A07FBF"/>
     <w:rsid w:val="00A12128"/>
     <w:rsid w:val="00A12425"/>
     <w:rsid w:val="00A129BA"/>
     <w:rsid w:val="00A15673"/>
     <w:rsid w:val="00A15D9F"/>
     <w:rsid w:val="00A1732E"/>
     <w:rsid w:val="00A21442"/>
     <w:rsid w:val="00A246CF"/>
     <w:rsid w:val="00A25763"/>
     <w:rsid w:val="00A30BCF"/>
     <w:rsid w:val="00A32AB7"/>
     <w:rsid w:val="00A33043"/>
     <w:rsid w:val="00A3503F"/>
     <w:rsid w:val="00A354E1"/>
     <w:rsid w:val="00A40F92"/>
     <w:rsid w:val="00A414BC"/>
     <w:rsid w:val="00A41D34"/>
     <w:rsid w:val="00A433E5"/>
+    <w:rsid w:val="00A44E0E"/>
     <w:rsid w:val="00A46B53"/>
     <w:rsid w:val="00A4712E"/>
     <w:rsid w:val="00A513E4"/>
     <w:rsid w:val="00A53626"/>
     <w:rsid w:val="00A579C9"/>
     <w:rsid w:val="00A6050E"/>
     <w:rsid w:val="00A640C5"/>
     <w:rsid w:val="00A6693B"/>
     <w:rsid w:val="00A7024C"/>
     <w:rsid w:val="00A731EF"/>
     <w:rsid w:val="00A753C3"/>
     <w:rsid w:val="00A80D69"/>
     <w:rsid w:val="00A81651"/>
     <w:rsid w:val="00A816BF"/>
     <w:rsid w:val="00A81969"/>
     <w:rsid w:val="00A82C34"/>
     <w:rsid w:val="00A847F6"/>
     <w:rsid w:val="00A8756E"/>
     <w:rsid w:val="00A87D8F"/>
     <w:rsid w:val="00A92979"/>
     <w:rsid w:val="00A955EF"/>
     <w:rsid w:val="00A9744C"/>
     <w:rsid w:val="00AA46CD"/>
     <w:rsid w:val="00AA4EFB"/>
     <w:rsid w:val="00AA660C"/>
@@ -22356,75 +22922,77 @@
     <w:rsid w:val="00C70742"/>
     <w:rsid w:val="00C70C96"/>
     <w:rsid w:val="00C70ECB"/>
     <w:rsid w:val="00C73004"/>
     <w:rsid w:val="00C73D20"/>
     <w:rsid w:val="00C74405"/>
     <w:rsid w:val="00C80535"/>
     <w:rsid w:val="00C8288B"/>
     <w:rsid w:val="00C84450"/>
     <w:rsid w:val="00C8544E"/>
     <w:rsid w:val="00C864CD"/>
     <w:rsid w:val="00C8768D"/>
     <w:rsid w:val="00C8779E"/>
     <w:rsid w:val="00C91358"/>
     <w:rsid w:val="00C91426"/>
     <w:rsid w:val="00C92C9A"/>
     <w:rsid w:val="00CA2FC0"/>
     <w:rsid w:val="00CA4117"/>
     <w:rsid w:val="00CA651B"/>
     <w:rsid w:val="00CA7C1E"/>
     <w:rsid w:val="00CB041A"/>
     <w:rsid w:val="00CB2634"/>
     <w:rsid w:val="00CB499F"/>
     <w:rsid w:val="00CC3784"/>
     <w:rsid w:val="00CC5E6B"/>
+    <w:rsid w:val="00CC626F"/>
     <w:rsid w:val="00CD0358"/>
     <w:rsid w:val="00CD3EC8"/>
     <w:rsid w:val="00CD6215"/>
     <w:rsid w:val="00CE08D5"/>
     <w:rsid w:val="00CE1940"/>
     <w:rsid w:val="00CE310E"/>
     <w:rsid w:val="00CF0E06"/>
     <w:rsid w:val="00CF0EEC"/>
     <w:rsid w:val="00CF161E"/>
     <w:rsid w:val="00CF19E2"/>
     <w:rsid w:val="00D01A21"/>
     <w:rsid w:val="00D04053"/>
     <w:rsid w:val="00D05578"/>
     <w:rsid w:val="00D06BC6"/>
     <w:rsid w:val="00D06C4E"/>
     <w:rsid w:val="00D10697"/>
     <w:rsid w:val="00D116AB"/>
     <w:rsid w:val="00D1180A"/>
     <w:rsid w:val="00D11C34"/>
     <w:rsid w:val="00D12171"/>
     <w:rsid w:val="00D127C0"/>
     <w:rsid w:val="00D15873"/>
     <w:rsid w:val="00D15F99"/>
     <w:rsid w:val="00D16E31"/>
     <w:rsid w:val="00D2078D"/>
+    <w:rsid w:val="00D22F4B"/>
     <w:rsid w:val="00D2393C"/>
     <w:rsid w:val="00D27167"/>
     <w:rsid w:val="00D27AF0"/>
     <w:rsid w:val="00D27DB0"/>
     <w:rsid w:val="00D27DD1"/>
     <w:rsid w:val="00D27DF9"/>
     <w:rsid w:val="00D27F54"/>
     <w:rsid w:val="00D3520F"/>
     <w:rsid w:val="00D3634B"/>
     <w:rsid w:val="00D36E31"/>
     <w:rsid w:val="00D4246D"/>
     <w:rsid w:val="00D448B5"/>
     <w:rsid w:val="00D47190"/>
     <w:rsid w:val="00D47FD1"/>
     <w:rsid w:val="00D50C88"/>
     <w:rsid w:val="00D51A64"/>
     <w:rsid w:val="00D5694F"/>
     <w:rsid w:val="00D64B67"/>
     <w:rsid w:val="00D6578C"/>
     <w:rsid w:val="00D66260"/>
     <w:rsid w:val="00D71330"/>
     <w:rsid w:val="00D7482A"/>
     <w:rsid w:val="00D804C4"/>
     <w:rsid w:val="00D8147D"/>
     <w:rsid w:val="00D81752"/>
@@ -23958,51 +24526,50 @@
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000A3B73"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
@@ -24915,51 +25482,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2116092435">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wcu.stats@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/welsh-index-multiple-deprivation-index-guidance" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/bulletins/rebasingofmidyearpopulationestimatesfollowing/rebasingofmidyearpopulationestimatesfollowingcensus2021englandandwales" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/methodology/methodologytopicsandstatisticalconcepts/disclosurecontrol/policyonprotectingconfidentialityintablesofbirthanddeathstatistics" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.emf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://code.statisticsauthority.gov.uk/wp-content/uploads/2022/05/Code-of-Practice-for-Statistics-REVISED.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ci5.iarc.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qub.ac.uk/research-centres/nicr/CancerInformation/official-statistics/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/sites/default/files/consultations/2018-02/160322-wg-response-en.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20250211224456/https:/ukiacr.org/kpis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/services-and-teams/welsh-cancer-intelligence-and-surveillance-unit-wcisu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/services-and-teams/welsh-cancer-intelligence-and-surveillance-unit-wcisu/cancer-reporting-tool-official-statistics/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/ndrs/data/data-outputs/cancer-data-hub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iss.it/en/-/eurocare-5-3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publichealthscotland.scot/publications/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/well-being-future-generations-act-essentials-html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/methodologies/populationestimatesfortheukmid2020methodsguide" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId54" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nationalarchives.gov.uk/doc/open-government-licence/version/3/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WCU.stats@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukiacr.org/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wcu.stats@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/welsh-index-multiple-deprivation-index-guidance" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/bulletins/rebasingofmidyearpopulationestimatesfollowing/rebasingofmidyearpopulationestimatesfollowingcensus2021englandandwales" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.emf"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://code.statisticsauthority.gov.uk/wp-content/uploads/2022/05/Code-of-Practice-for-Statistics-REVISED.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ci5.iarc.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qub.ac.uk/research-centres/nicr/CancerInformation/official-statistics/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/well-being-future-generations-act-essentials-html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId53" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.wales/sites/default/files/consultations/2018-02/160322-wg-response-en.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/services-and-teams/welsh-cancer-intelligence-and-surveillance-unit-wcisu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://phw.nhs.wales/services-and-teams/welsh-cancer-intelligence-and-surveillance-unit-wcisu/cancer-reporting-tool-official-statistics/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digital.nhs.uk/ndrs/data/data-outputs/cancer-data-hub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.archive.org/web/20250211224456/https:/ukiacr.org/kpis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publichealthscotland.scot/publications/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/methodology/methodologytopicsandstatisticalconcepts/disclosurecontrol/policyonprotectingconfidentialityintablesofbirthanddeathstatistics" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.emf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/populationandmigration/populationestimates/methodologies/populationestimatesfortheukmid2020methodsguide" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nationalarchives.gov.uk/doc/open-government-licence/version/3/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WCU.stats@wales.nhs.uk" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ukiacr.org/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/2281868.%20Accessed%2021%20Nov.%202023" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://webarchive.nationalarchives.gov.uk/20160106020035/http:/www.ons.gov.uk/ons/guide-method/user-guidance/health-and-life-events/revised-european-standard-population-2013--2013-esp-/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2307/2281868.%20Accessed%2021%20Nov.%202023" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/pmc/articles/PMC4851786/pdf/12889_2015_Article_2534.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.encr.eu/sites/default/files/inline-files/Cancer%20Data%20Quality%20Checks%20Procedure%20Report%20online.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -25204,59 +25771,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007BB4C5C2C0478E49A9245F01B243DEE2" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b70e01ed3827e8ea84190b651caa8ef2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5f1573fc-1d5f-43b0-bb61-00841e0eab8a" xmlns:ns3="de9fab15-d7be-40d8-a32c-0dcc66cf05b5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3c1a0032be1dffcd01bcc02eb35f871f" ns2:_="" ns3:_="">
     <xsd:import namespace="5f1573fc-1d5f-43b0-bb61-00841e0eab8a"/>
     <xsd:import namespace="de9fab15-d7be-40d8-a32c-0dcc66cf05b5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
                 <xsd:element ref="ns2:Retentionend" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:ProjectTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Topic" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -25503,137 +26061,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Retentionend xmlns="5f1573fc-1d5f-43b0-bb61-00841e0eab8a" xsi:nil="true"/>
     <DocumentType xmlns="5f1573fc-1d5f-43b0-bb61-00841e0eab8a">Technical Guide</DocumentType>
     <ProjectTitle xmlns="5f1573fc-1d5f-43b0-bb61-00841e0eab8a">Incidence OS 2022</ProjectTitle>
     <Topic xmlns="5f1573fc-1d5f-43b0-bb61-00841e0eab8a">
       <Value>Documentation</Value>
       <Value>Cancer Reporting Tool</Value>
       <Value>Official Statistics</Value>
       <Value>Survival</Value>
     </Topic>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\MLASeventhEditionOfficeOnline.xsl" StyleName="MLA" Version="7"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65B08E98-5333-4A73-B8FC-B909B8710B1F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5f1573fc-1d5f-43b0-bb61-00841e0eab8a"/>
     <ds:schemaRef ds:uri="de9fab15-d7be-40d8-a32c-0dcc66cf05b5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEEF1A3A-87C5-4641-91BD-10DAA9ADE0A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="de9fab15-d7be-40d8-a32c-0dcc66cf05b5"/>
     <ds:schemaRef ds:uri="5f1573fc-1d5f-43b0-bb61-00841e0eab8a"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A32DD70D-8B92-4C37-8C86-36CF023487E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67B9AA74-6EB7-4CB5-AC6F-BD8131BD830E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>39</Pages>
-  <Words>10762</Words>
-  <Characters>61350</Characters>
+  <Words>10806</Words>
+  <Characters>61595</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>511</Lines>
-  <Paragraphs>143</Paragraphs>
+  <Lines>513</Lines>
+  <Paragraphs>144</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Public Health Wales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>71969</CharactersWithSpaces>
+  <CharactersWithSpaces>72257</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Cancer Reporting Tool Technical Guide</dc:title>
   <dc:subject/>
   <dc:creator>Ffion Thomas</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007BB4C5C2C0478E49A9245F01B243DEE2</vt:lpwstr>
   </property>