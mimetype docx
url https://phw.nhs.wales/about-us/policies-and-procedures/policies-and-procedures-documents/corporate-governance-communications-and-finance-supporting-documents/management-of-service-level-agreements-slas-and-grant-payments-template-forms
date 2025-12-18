--- v0 (2025-12-08)
+++ v1 (2025-12-18)
@@ -1,2212 +1,17286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1465F2DC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="20280241" w14:textId="77777777" w:rsidR="001D7F57" w:rsidRDefault="001D7F57" w:rsidP="000124D3"/>
+    <w:p w14:paraId="56FB4B3A" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00180AD5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="1980"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Appendix 1:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Example SLA Pro-forma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0181D59A" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00180AD5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33798B37" wp14:editId="58DE9745">
+            <wp:extent cx="3810000" cy="895350"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="3" name="Picture 3" descr="Compressed Public Health Wales logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3" descr="Compressed Public Health Wales logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3810000" cy="895350"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEC2D24" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B8CA0C3" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D002066" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00180AD5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E7AE71" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>Service Level Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1BE02B" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5773B786" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>between:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D546AB9" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8EE2EA" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Public Health Wales NHS Trust (“the Trust”)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A4358D" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A73684" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&lt;&lt;Organisation&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE34D0E" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="240FE987" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="117EB8E9" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&lt;&lt;NAME OF SLA&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45888674" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219AF8BE" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51455A61" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="NormalSpaced"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THIS  AGREEMENT</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is dated </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt;DATE&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA90E68" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="002344C5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1stIntroHeadings"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:smallCaps w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:smallCaps w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:smallCaps w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9A9D73" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00B56FB5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The parties to this service level agreement (Agreement) are:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42970D62" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Health Wales NHS Trust</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“the Trust”) of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E942D1" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00677285" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677285">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 Capital Quarter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB51A14" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00677285" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677285">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Tyndall Street</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B6360C" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00677285" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00677285">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cardiff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494460D2" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="002344C5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CF10</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4BZ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F4338CC" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="00457D43" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30E6C227" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRPr="002344C5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt; Service Provider &gt;&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002344C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB3160E" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt; Address line 1&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3461E04B" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt; Address line 2&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E6627B" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt; Address line 3&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="065CDC3C" w14:textId="77777777" w:rsidR="00852BA5" w:rsidRDefault="00852BA5" w:rsidP="00852BA5">
+      <w:pPr>
+        <w:pStyle w:val="1Parties"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;&lt; Postcode&gt;&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A826220" w14:textId="68ECF90E" w:rsidR="00852BA5" w:rsidRDefault="00D677CD" w:rsidP="000124D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B56FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>together “the Parties” and each a “Party”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B80AA83" w14:textId="77777777" w:rsidR="00D677CD" w:rsidRDefault="00D677CD" w:rsidP="000124D3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D22682" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391C0DDD" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="006E4AA5" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Signed Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044C9973" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C53025">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="dxa"/>
+        <w:tblInd w:w="105" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2867"/>
+        <w:gridCol w:w="5356"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="7CC5898C" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09A7932B" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Signed for and on behalf of [the Trust]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="7F3D238F" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="413AB127" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Signature: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03AAF139" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF4D932" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="21CB6B13" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="678A2154" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="392D8170" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="66ABA9E1" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D77306" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Position: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B646CB8" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="64524243" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62A1112D" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Date: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="581CCF87" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="73DBB3CE" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42C4E479" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="167DD186" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="31F8DF40" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8DD388" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signed for and on behalf of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>&lt;&lt;the Service Provider&gt;&gt;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="55CAB65F" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="339961BC" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Signature: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E4727B7" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ACB56B9" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="3D3928A6" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CC33912" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48714A38" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="58DBFB6E" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54D94E22" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Position: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F97426C" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="11212E4B" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A498EC5" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Date: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42F6CCF2" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="4E693559" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40F9A692" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44781923" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="1C982BFF" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8775" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="353064CF" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>CONTRACT MANAGERS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="203E97BD" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14DCA477" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9E2000" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="4748697C" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4FEB54" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>The Trust</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4103BBCC" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="1BC2A1AF" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="400394DC" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64729B74" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="15C1F7F2" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14C189AC" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Office address: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCB4FD1" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="58B4F98E" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D51AB6C" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Tel No: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="512A2407" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="47D13D49" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31D6B4B2" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail Address: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14DEF106" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="43F4DA1E" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4128E5A6" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58FED9C2" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="466AFD4C" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2360874B" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>&lt;&lt;Service Provider&gt;&gt;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49330C48" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="4AB52C48" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11842FF8" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1730EB07" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="60D53296" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23709D9A" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Office Address: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="325ACF73" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="53A8FB26" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E028D17" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Tel No: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72EB9B12" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00940A08" w:rsidRPr="00C53025" w14:paraId="257B8C5C" w14:textId="77777777" w:rsidTr="00B01774">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14B7B327" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>E-mail Address: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6660AA8B" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00C53025" w:rsidRDefault="00940A08" w:rsidP="00B01774">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C53025">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0FC4748D" w14:textId="77777777" w:rsidR="00940A08" w:rsidRPr="00DE1CA3" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB7F180" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71B8C91D" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59084310" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D019B73" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31B54E10" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13809A00" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A0B1D7" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AD355A6" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1889CBA0" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79557896" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F000CEC" w14:textId="77777777" w:rsidR="00940A08" w:rsidRDefault="00940A08" w:rsidP="00940A08">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3488A8FE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00C53025" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Appendix 2:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Example Terms and Conditions for grants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C7E12D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="80"/>
+          <w:szCs w:val="80"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04167170" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C0A935A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC3D057" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F1C8222" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B914CF" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004E5B33" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1E604DD3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6F965E9B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Post code</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B86108" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A6F7282" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4088AFC8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CC5B3B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>*insert name*,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78D4BC86" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14515592" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Acceptance Letter: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4C834E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>*Name of Grant*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055602D5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB76165" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please find enclosed the grant terms and conditions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to support </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>the delivery and/or evaluation of specific improvement activity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00046A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>programme</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This funding will be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00046A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>£xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to cover </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nsert </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>tart date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E9427B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>insert end date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(please ensure this section is completed, grant amounts and timeframe information is mandatory for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>authoris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>ation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E43E6E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> purposes)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49204C7D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7723275B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>To accept this award of funding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>need to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sign and return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA615C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> copies of this agreement to the appropriate representative of Public Health Wales. None of the funding can be paid to you until we have received your signed agreements. Both copies will be signed by the appropriate representative of Public Health Wales and one copy returned to you for your records.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA9C6FF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E43DEB4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Yours Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC396D4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="467E0B2C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CA615C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1485"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7F6DC0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Budget Holder Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA245A0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005A3A2F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Budget Holder Title</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F55F41A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005A3A2F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Xxxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Team/Division</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F824F5A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005A3A2F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Public Health Wales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="252B1B98" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003C41C1" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C41C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CE5F47" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005A3A2F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c.c. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A3A2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>Insert names</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F6384F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>as appropriate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6529DE17" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1239F426" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54580D7A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5109D996" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01ED2849" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A337B" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022F355E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681EF725" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A3645F2" wp14:editId="2F261D85">
+            <wp:extent cx="3810000" cy="895350"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Picture 2" descr="Compressed Public Health Wales logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4" descr="Compressed Public Health Wales logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3810000" cy="895350"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="80"/>
+          <w:szCs w:val="80"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FC266C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125AC338" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="green"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F0007D9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="2622A5E2" w14:textId="13548DA1" w:rsidR="00E12FCF" w:rsidRPr="00917449" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B33096">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Grant name to be inserted</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F39D4C3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68A4413C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>Grant Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00679981" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2178A343" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="1A429F47" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00465800" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+        <w:ind w:left="1080" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTRODUCTION AND PURPOSE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1BFA10" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48550CEE" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document sets out the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>terms and condition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of our grant offer to you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DDED7E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39ECA4E2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This is a legal document, and you should ensure that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you fully understand your responsibilities before</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accepting a grant from us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="467E4F17" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76ACFFCA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you have any general questions about this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">document, please contact </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9671B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XXXXXXXX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B9671B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DDF1CD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DEFINITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E922469" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CE7C42" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178B88F1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7C42">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CE7C42">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘You’ means the organisation that we have given a grant to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, the Grantee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE7C42">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F115340" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00CE7C42" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B3A5F4" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘We’, ‘us’ and ‘our’ means </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Public Health Wales NHS Trust </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and includes our employees and those acting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for us</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, the Grantor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F2441B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D2B77B4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The ‘Scheme’ or ‘Programme’ means the grant scheme, programme or activity that we have agreed to give you a grant for, as set out in the scheme or programme schedule or programme agreement, together with any supporting documents such as budget information, a timetable and any other documents that set out how the scheme or programme will be managed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079C2191" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BC05DD1" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>‘Arising Intellectual Property’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any Intellectual Property which is generated or first reduced to practice by any Party or Parties directly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the work undertaken in accordance with this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDBDFDB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="3240" w:hanging="3600"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2727D8F5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>‘Background Intellectual Property’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">means </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intellectual Property </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">excluding Arising Intellectual Property owned or controlled by any Party prior to commencement of or independently from the Scheme, and which the owning Party contributes or uses </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>in the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> performing the Scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBB0758" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="3240" w:hanging="3600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28159ABB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>‘Confidential Information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>shall mean any Background Intellectual Property disclosed by one Party to the other for use in the Scheme and identified as confidential before or at the time of disclosure and any Arising Intellectual Property in which that Party owns the Intellectual Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDDB0A7" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56CEE3C3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>‘DPA’ shall m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t>ean the Data Protection Act 2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A4C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as amended from time to time).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A049BA9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A4C06" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DD48AD7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The ‘Grant Agreement’ includes and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>incorporates:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDF6240" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC90CBC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE1B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">these standard </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erms and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE1B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onditions;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE1B9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FA8030" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00640879" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an accompanying ‘Schedule’ detailing the specific requirements of the grant scheme or programme (Annex A); and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19145688" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00640879" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The letter confirming the grant funding allocation that sets out any additional conditions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C484F83" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>THE GRANT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1F1F98" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0BDD3D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The amount of the grant is set out in the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘Confirmation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2320">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. We </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E2320">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are not able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E2320">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> increase the amount of the grant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583350E3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43B30BAD" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must accept </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our offer by signing and returning the ‘Grant Acceptance Form’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acceptance Form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must be signed by someone who is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>authorised to sign on behalf of the organisation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D3C550" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45456342" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Grant Agreement will come into force </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9671B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XXXXXXXX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> until </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B9671B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>XXXXXXXX</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FDA29C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A540706" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will pay the grant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>set out</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accompanying Schedule in the section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Payment of Grant and Procedure’ (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nnex B).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149E4E8B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1837EA6A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must use the grant exclusively for the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> purpose described in the accompanying ‘Schedule’ (Annex A).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342895A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1402543B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The scheme, programme or activity that we have agreed to give you a grant for will be reviewed at review meetings and in progress reports during the funding period. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The details of the grant scheme, programme or activity may be reconsidered or substituted, but within </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the original broad scope of the grant. Reasonable changes to the grant (including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the service details, payment, the timescales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) need to be agreed by you and Public Health Wales</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00500B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, however, neither you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00500B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00500B3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Public Health Wales is obliged to give consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38661B20" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402B5D3D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must tell us promptly about any changes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to information you have given us, including any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>changes to your bank or building society details</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and you must make sure that the information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you hold is always true and up to date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA4B2FE" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B739F33" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must not use the grant to pay for any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">spending commitments </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">other than those detailed in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E5B33">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accompanying ‘Schedule’.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DAF5B12" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B45789C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>hold any unused part of the grant on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trust for us at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6330E5EA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F13BEA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You must tell us if you receive any other funding for the ‘Scheme’ or ‘Programme’ from any other source at any time. If this means that you no longer need the funding from us, you must pay the grant back to us immediately upon demand from us.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72946E26" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4352A875" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="007A3AFF" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A3AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If you spend less than the whole grant on the ‘Scheme’, or ‘Programme’, you must return the unspent amount to us promptly. If the grant part-funds the ‘Scheme’ or Programme’, you must return the appropriate share of the unspent amount to us.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551565B2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="007A3AFF" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30EB4BA9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A3AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A3AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hours spent working by staff (who are employed to work on the scheme or programme) on work or programmes outside of the work plan agreed between you and us will not be charged against this grant.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC25EBF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B9A2C0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Any under spend of the grant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>at the end of the Programme, shall be returned to us</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5876">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A55FAA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7353D445" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>As the grant comes from public funds, you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must account to us for any profit that you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">make from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and we reserve the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>right to require you to pay back all or part of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the grant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72036143" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B72D79" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you enter into an agreement with any third</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>party with a view to commercial exploitation of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or anything relating to it, you must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contact us to obtain our consent. Our consent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may be subject to conditions, including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conditions requiring the repayment of all or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>part of the grant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C581E40" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B8D45EF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must get our written permission before</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">making any changes to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or to its</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aims, structure, delivery, outcomes, duration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r ownership.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C09CA5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19462FF9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If we agree that you can make changes to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, we may ask you to agree to additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conditions. Any agreed changes and/or additional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conditions will be set out in a separate legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agreement between us and you; you should not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>start any new or changed activity until that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agreement has been signed by both us and you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AB289E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="254201FA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must make satisfactory progress with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fulfil its requirements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on time. You must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tell us immediately if anything threatens to curtail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or delay the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70529FB8" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC6561F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Key indicators relating to the performance of the ‘Scheme’ or ‘Programme’ will be agreed by both Parties. Public Health Wales may exercise the consequence set out against each key indicator where that key indicator is not met. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE2BBE7" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="484F6230" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must ensure that all records, including financial records, relating to the ‘Scheme’ or Programme’ are accurate and up to date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28769A0A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">You must keep these records for the ‘Scheme’ or ‘Programme’ in accordance with HMRC requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690039DD" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B8B105" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Where applicable y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintain adequate insurance at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and we may ask you to send us copies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of these policies. This includes employee and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>public liability insurance and insurance that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>covers the full replacement value of any assets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you have purchased using the grant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706BEF92" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D29D4F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must give us, or any person nominated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by us, access to all records relating to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>including (but not limited to) accounts and any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other financial records, VAT and any other tax</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">records. We can ask for access to these </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>records</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for up to seven years after the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E9E7D8" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597024F4" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EC6F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We will be indemnified against any liabilities, claims, proceedings, demands, losses, costs and expenses that we have suffered or incurred directly arising </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EC6F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EC6F36">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or in connection with any failure by yourself in delivery of the ‘Scheme’ or ‘Programme’ or any obligations that you may have with to a third party. Such indemnity shall be limited to the total amount received by you under this agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E469C87" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35EFB27F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="479F889B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The ‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E486D50" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08E527E9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="0065140C" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4B966915" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must send us any information and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>records that we reasonably require to monitor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and how the grant is being used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644A2E5B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE15033" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004D68E6" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Where applicable, y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou must provide us with clear and accurate accounts that cover the period of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. These accounts must follow any relevant legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D68E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>equirements for accounts, audit or examination of accounts, annual reports or annual returns and must clearly show income and expenditure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ACE60A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004D68E6" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A5F0CB6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF588C">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We may ask for proof of expenditure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B776960" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F1257C0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In carrying out your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, you must meet all</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>laws regulating the way you operate, the work</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you carry out, the staff you employ or the goods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and services you buy. For example, you are</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>responsible for getting any licences, permissions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and insurances that are necessary by law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBD2C5A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D5B5D1A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have appropriate policies in place at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to help you comply with the law and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>good practice including, but not limited to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550F7135" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="001039F2" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Data protection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Freedom of Information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="4C76D206" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="001039F2" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Equal opportunities including discrimination </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> race, age, gender, disability, religion and/or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sexuality;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="05640CDF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Employment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001039F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6A4E6E92" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="001039F2" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Safeguarding Children and Vulnerable Adults</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF4D3A5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14683D68" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information, marketing and publicity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0877CC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25E8D615" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must acknowledge the grant publicly as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate and as practical.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7069989A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E1035E5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You must </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>follow our branding and publicity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>guidelines at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. You will acknowledge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our support in any published documents that refer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, including any advertisements,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>accounts and public annual reports, or in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>written or spoken public presentations about</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EF06609" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17874AED" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must acknowledge our grant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>by following</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>guidelines we provide. You should</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">feature the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate insignia (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>logo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on all information, marketing and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>publicity materials relating to the activity we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have agreed to fund, including printed and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>online material. You should also incorporate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verbal and written acknowledgment of our</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>support into your communications</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, as specified in the accompanying Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C52300D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380A4747" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5D3F7D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Confidentiality</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D59904C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7001B768" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Neither Party will disclose to any third party, nor use for any purpose any of the other party's Confidential Information. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE5FE1B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5205E2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Neither party will be in breach of any obligation to keep any Background</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intellectual Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Arising Intellectual Property</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or other information confidential or not to disclose it to any other party to the extent that it:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB89228" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CBE777" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="para2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">is known to the party making the disclosure before its receipt from the other party, and not already subject to any obligation of confidentiality to the other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>party;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="737B9F63" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="689E8D07" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="para2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">is or becomes publicly known without any breach of this Agreement or any other undertaking to keep it </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>confidential;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="25952D52" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66F86C37" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="para2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">has been obtained by the party making the disclosure from a third party in circumstances where the party making the disclosure has no reason to believe that there has been a breach of an obligation of confidentiality owed to the other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>party;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="635C7A7B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DD3AE3A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">has been independently developed by the party making the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>disclosure;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6CCFD656" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5E9767" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.2.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>is disclosed pursuant to the requirement of any law or regulation (provided, in the case of a disclosure under the Freedom of Information Act 2000, none of the exceptions to that Act applies to the information disclosed) or the order of any Court of competent jurisdiction, and the party required to make that disclosure has informed the other of the requirement and the information required to be disclosed; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E3357D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E87EBFA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="para2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>is approved for release in writing by an authorised representative of the other party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F74C16B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D2CF96A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If a Party (the “requesting Party”) receives a request under the Freedom of Information Act 2000 or the Environmental Information Regulations 2004 to disclose any information that, under this Agreement, is the other Party’s Confidential Information, it will notify that Party and will consult with that Party</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promptly and before making any disclosure. That Party will respond to the Requesting Party within 5 days after receiving the Requesting Party’s notice if that notice requests the Party to provide information to assist the Requesting Party to determine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an exemption to the Freedom of Information Act applies to the information requested under that Act or the exemption under the Environmental Information Regulations 2004. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516945A7" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA1F1F5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Neither Party will use the other’s name or logo in any press release or product advertising, or for any other promotional purpose, without first obtaining the other's written consent; except that the Grantee may identify the sums received from the Trust in the Grantee’s Annual Report and similar publications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35CC1920" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The Programme will form part of the actual carrying out of a primary charitable purpose of you; that is, the advancement of education through teaching and research. There must therefore be some element of public benefit arising from the Programme, and this is secured through the following sub-clauses.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71ECA149" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DF4645C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.5.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">This Agreement shall not prevent or hinder registered students of any Party from submitting for degrees of that Party theses based on results obtained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work undertaken as part of the Programme; or from following that Party’s procedures for examinations and for admission to postgraduate degree status.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BAD432" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716B5389" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">In accordance with normal academic practice, all employees, students, agents or appointees of the Parties </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(including those who work on the Project) shall be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>permitted:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7092A6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B6C917" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.5.2.1  following</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the procedures laid down in Clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.6, to publish results, jointly where applicable, obtained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> work undertaken as part of the Programme; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594D4894" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E62BB6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.5.2.2  in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuance of your academic functions, to discuss work undertaken as part of the Programme in internal seminars and to give instruction within their organisation on questions related to such work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D27A5B5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="2127" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="450CDA42" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Each Party will use all reasonable endeavours to submit material intended for publication to the other Party in writing not less than thirty (30) days in advance of the submission for publication.  The publishing Party may be required to delay submission for publication if in any other Party’s opinion such delay is necessary </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that other Party to seek patent or similar protection for material in respect of which it is entitled to seek protection, or to modify the publication </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protect Confidential Information. A delay imposed on submission for publication as a result of a requirement made by the other Party shall not last longer than is absolutely necessary to seek the required protection; and therefore shall not exceed six (6) months from the date of receipt of the material by such Party, although the publishing Party will not unreasonably refuse a request from the other Party for additional delay in the event that property rights would otherwise be lost.  Notification of the requirement for delay in submission for publication must be received by the publishing Party within thirty (30) days after the receipt of the material by the other Party, failing which the publishing Party shall be free to assume that the other Party has no objection to the proposed publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191DF716" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00937627" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D9CCA0E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.7  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The provisions of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Clause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1 and 6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 shall survive for a period of three (3) years from the date of termination of this Agreement. The provisions of Clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937627">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.5 shall survive for a period of one year from the date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of termination of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7300445D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C4B9659" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Intellectual Property</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD3CA32" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A00AF5E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For the avoidance of doubt all Background Intellectual Property used in connection with the Scheme shall remain the property of the Party introducing the same.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27545C67" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A69982F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="600" w:hanging="600"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Each Party grants the others a royalty-free, non-exclusive licence for the duration of the Scheme to use its Background Intellectual Property for the sole purpose of carrying out the Scheme. No Party may grant any sub-licence over or in respect of the other's Background Intellectual Property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700028D3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="600" w:hanging="600"/>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="512B1A1E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Each Party shall own the Arising Intellectual Property generated by its employees, students and/or agents under the Scheme and shall ensure that it secures ownership of such Arising Intellectual Property from its employees, students and agents. Subject to the Grant Terms and Conditions, any Party owning any Arising Intellectual Property shall be entitled to use such Arising Intellectual Property as that Party sees fit, and subject always to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Clause 7.5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D95C74A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="760B4C47" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Where any Arising Intellectual Property is created or generated jointly and it is impossible to segregate each Party's intellectual contribution to the creation of the Arising Intellectual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Property,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Arising Intellectual Property will be jointly owned by those Parties in equal shares. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7A3D4D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Para1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8E700A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Each Party is hereby granted an irrevocable, non-transferable, royalty-free right to use for teaching, research and publications all Arising Intellectual Property generated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Scheme. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="296D0AE6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:left="570" w:hanging="570"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5747D62C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc334719749"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc331507566"/>
+      <w:bookmarkStart w:id="2" w:name="a627838"/>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Charges and liabilities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="79F02DCC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00345879" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="0E19E6D2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Subject to clauses </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.3 both Parties liability under this agreement shall be limited to the amount set out at Annex B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12B8B592" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531A6D1E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nothing in this Agreement shall limit or exclude the Grantee’s liability for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D8F1E3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00A04492" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="18C47113" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>death or personal injury resulting from negligence; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4332B70D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00A04492" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>any fraud or for any sort of other liability which, by law, cannot be limited or excluded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BA53CB3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1663BC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Subject always to clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.2, both Parties shall have no liability whatsoever (whether in contract, tort or otherwise) for any indirect or consequential loss (including but not limited to pure economic loss, loss of profits, loss of business or goodwill) howsoever caused.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EFD12CA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00505722" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="0DC6B404" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="1AF4AEC2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="37E10FE2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="502B2EE9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Bribery</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23B38A5F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D01D4D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The Parties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>shall:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0000F50F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FC5EB02" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">comply with all applicable laws, statutes, directives and/or regulations relating to anti-bribery and anti-corruption including but not limited to the Bribery Act </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2010;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="26D58C2A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696EDFC0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">not engage in any activity, practice or conduct which would constitute an offence under the Bribery Act </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2010;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5D8AC74D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="300CCD29" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">comply with the Grantee’s Anti-Bribery Policy or their own equivalent (as amended from time to time), a copy of which is available from the Planning &amp; Governance Office, including but not limited to implementing ‘adequate procedures’ in line with the guidance issued by the Secretary of State under section 9 of the Bribery Act </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>2010;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="76275EDB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6EE3E7" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">promptly report to the other request or demand which if complied with would amount to a breach of either this Agreement or the Grantee Anti-Bribery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Policy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3C2A07EF" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="337F2EB2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.1.5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ensure that any person associated with it who is performing services and/or providing goods in connection with this Agreement does so only </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a written contract which imposes on and secures from such person terms equivalent to those imposed on the Parties in this clause.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="312F3875" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B95B984" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>9.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Any breach of this clause shall be deemed a material breach of this Agreement entitling a party to terminate it immediately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FAF510" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B98473E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BF20CF5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Data Protection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE80187" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="228F4873" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>In establishing and managing this grant process, there should be no reason for the exchange of personal data. However,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Parties acknowledge that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they are the data controller for any personal data processed by them and responsibility for ensuring compliance with data protection legislation rests with the Party concerned.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDB244A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B0C13C9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Grantee acknowledges that any processing of personal data that occurs as part of any work carried out </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this grant, is not covered by this agreement and responsibility for ensuring compliance with data protection legislation rests with the Grantee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="695FC4E2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="709" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A10FB27" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="187FD3F9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="705" w:hanging="705"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Each Party shall indemnify, to a maximum liability of £500,000 (five hundred thousand pounds) the other Party for any breach of the DPA and/or this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04492">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>clause 10 which</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> renders the other Party liable for any costs, fines, claims or expenses howsoever arising.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF3B1E6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00314BF5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71FCB877" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Law</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073DAD70" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64334D12" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This Agreement will be governed by laws of England and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wales</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the Parties submit to the non-exclusive jurisdiction of the English and Welsh courts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F208BE6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA3C0A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Third Parties</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B22DF86" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73E5E022" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>12.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>No one except a Party to this Agreement has any right to prevent the amendment of this Agreement or its termination, and no one except a Party to this Agreement may enforce any benefit conferred by this Agreement, unless this Agreement expressly provides otherwise.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D46AFE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="741968D0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Amendments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD6EBE7" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0924A59C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00640879" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No variation or amendment of this Agreement will be effective unless it is made in writing and signed by each Party’s representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF1F6FC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="269D0CEC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7205785F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No Agency</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E7CF05" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15FDCC0F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Nothing in this Agreement creates, implies or evidences any partnership or joint venture between the Parties, or the relationship between them of principal and agent.  Neither Party has any authority</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to make any representation or commitment, or to incur any liability, on behalf of the other.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448A1BBD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0156F5A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Entire Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001AF943" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D940E8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This Agreement constitutes the entire Agreement between the Parties relating to its subject matter.  Each Party acknowledges that it has</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not entered into this Agreement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any warranty, representation, statement, agreement or undertaking except those expressly set out in this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9BC0C9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643FAB72" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Counterpart</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A118BD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="343F132E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00860F0F" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>16.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640879">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>This Agreement may be executed in counterparts, each of which when executed shall constitute a duplicate original, but all counterparts shall together constitute one agreement.  Where this Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860F0F">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is executed in counterparts, following execution each party must promptly deliver the counterpart it has executed to the other party.  Transmission of an executed counterpart of this Agreement by email in PDF, JPEG or other agreed format shall take effect as delivery of an executed counterpart of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CFA3C0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Additional Conditions for organisations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C9E700" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AFB45B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You will ensure that you </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correctly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">constituted and that you can deliver the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>under the terms of your constitution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA6DA3B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="550ED4BC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must write to us as soon as possible if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any legal claims are made or threatened against</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you and/or which would adversely affect the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>during the period of the grant (including</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any claims made against members of your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>governing body or staff concerning the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organisation).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35041F31" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A2D6E0B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are an unincorporated group, you must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>provide us with written evidence that the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">person signing the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grant Acceptance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>has the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authority of the group to enter into </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>greement on behalf of all the members of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the group and that all members of the group</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be jointly and severally liable under the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>greement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE394A2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24C9CF6A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You must tell us in writing as soon as possible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of any investigation concerning your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organisation, trustees, directors, employees</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or volunteers carried out by the Police, Charity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Commission, the Office of the Scottish Charity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulator, HM Revenue &amp; Customs or any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other regulatory body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D26D0B3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>General Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05214FE7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A03018B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you break any term and/or condition of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>greement and we do not enforce one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or more of our rights straight away, this does</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105F2D48" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>not mean that we will not do so in the future.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We will give up our right to enforce this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agreement only if we tell you in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E58D955" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219651DF" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00BD3D2D" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BD3D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We cannot be held responsible for any action you take, any action you fail to take, or for your debts or liabilities. Even though we may give you funding and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>develop the work plan in discussion with you</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD3D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, you are still fully responsible for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">undertaking </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD3D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">every part of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD3D2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your business and the decisions about it. We will not be responsible to anyone else who may take, or threaten to take, proceedings against you.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ECF9023" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00BD3D2D" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD94411" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You are responsible for getting your own</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">management, business and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">legal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advice.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This includes considering whether you need</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to get financial, accounting, tax, solvency,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>legal, insurance or other types of professional</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advice. You must not assume that your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>business is financially stable or solvent (this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>means your business is able to meet its financial</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>responsibilities), even if we continue to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the ‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7915003C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35B7099D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your grant comes from public money,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>so if you are planning to buy goods or services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding, where applicable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, you should always buy them</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in a way that will give value for money and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>avoids any conflicts of interest. If you are an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organisation and the funding that you receive</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from us accounts for 50 per cent or more of your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">annual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>income</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then you must ensure that when</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you purchase goods or services you do so in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>line with English and European Union</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>procurement law. You should seek legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>advice where appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F8A3C7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62AFD7AB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the funding we give to you from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>different places, including from Parliament</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Welsh Government </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the National Lottery. We do not expect this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>funding to be reduced or stopped but, if it is,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>we may reduce or stop your grant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> payment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>before we</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>have paid you the full amount.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF194D0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64E6B34C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We are not obliged to provide, and nor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should you assume that we will, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any further</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funding for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Scheme’ or ‘Programme’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>after this grant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agreement comes to an end.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01794C3F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="256EB400" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Freedom of Information Act 2000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(‘the Act’) applies to us. This means that any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>information you give us could be released to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any person who asks for it under </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22FC36CD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CF0A70" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00BD3D2D" w:rsidRDefault="00700753" w:rsidP="00700753"/>
+    <w:p w14:paraId="61D0301B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You acknowledge that the grant is not</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consideration for any taxable supply for VAT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>purposes. You acknowledge that your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obligation does not extend to paying us any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amounts in respect of VAT in addition to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the grant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD273FF" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46B8BE99" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you are registered for VAT, or subsequently</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>become liable to register for VAT, you must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>keep proper and up to date records and you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must make those records available to us and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>give us copies when requested.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3874DFEE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BF79F6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If we have agreed to fund any or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VAT costs associated with your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘Scheme’ or ‘Programme’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you subsequently recover any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VAT,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pay us back immediately any of the VAT that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has been paid for with the grant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AB6BDAB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conditions relating to assets or goods purchased with the grant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9700CB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F064404" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">During the period covered by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grant,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you must not sell any assets or goods that have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>been totally or partly bought, restored,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>conserved (maintained or protected from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">damage) or improved with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>grant unless:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6BFFE1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20443DF2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1560"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You can sell them for their full current market value; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75093345" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1560"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We have given you permission, in writing, beforehand.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D00CD68" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D50BFD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you sell or give away assets or goods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bought, restored, conserved or improved with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>our grants, we will be entitled to receive an</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6239B077" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>appropriate share of the ‘net’ proceeds (the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>proceeds after tax and other costs of sale have</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taken into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) of this for as long as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>these assets or the improvements have a useful</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>economic life.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A33B0FA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00180AD5" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00180AD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Breaking these terms and conditions, and suspending or repaying the grant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C19484E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F797E0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If you break any of these terms and conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and those in the accompanying ‘Schedule’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>we may, in our absolute discretion:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758A4769" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E27B95" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Require you to pay back all or part of the grant (regardless of how much you may have already spent); and/or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FABE776" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stop any future payments; and/or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50DB55A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>End this agreement immediately.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09720C4A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774E28D4" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>We may recover the grant in our absolute</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465800">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discretion, if any of the following events occurs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C8144D4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563A3D93" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>close down</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your business (unless it joins with, or is replaced by, another business that can carry out the ‘Scheme’ or ‘Programme’ and we have provided our prior written permission</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="135911F6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You make any changes to the ‘Scheme’ or ‘Programme’ without first getting our written </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>permission;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5B12D0E0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You use the grant for anything other than the ‘Scheme’ or Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BE3F84A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You do not follow our reasonable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instructions;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="73B923B1" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You do not carry out the ‘Scheme’ or ‘Programme’ with reasonable care, thoroughness, competence and to a standard that would be expected for your level of experience in your artistic practice, profession or line of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>work;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="209B4466" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You do not complete the ‘Scheme’ or ‘Programme’ where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>applicable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7F9BC3B5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You have supplied us with any information that is wrong or misleading, either by mistake or because you were trying to mislead </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="15B001F9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">You are declared bankrupt or become insolvent, any order is made, or resolution is passed, for you to go into </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dministration, be wound up or dissolved; an administrator or other receiver, manager, liquidator, trustee or similar officer is appointed over all or a considerable amount of your assets; or you enter into or propose any arrangement with the people you owe money to;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4873D1" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You act illegally or negligently at any time, and we believe it has significantly affected the ‘Scheme’, or ‘Programme’, or is likely to harm our or your reputation; and/or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228FE1E8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00E02EDC" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="1434" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E02EDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Without first getting our approval in writing, you sell or in some other way transfer the grant, your business or the ‘Scheme’ or ‘Programme’ to someone else.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DA57FA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="476DCB5D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE1CA3">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Termination of the Grant Agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1F9BCE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00465800" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Bold"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A912B1" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>22.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065140C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">These terms and conditions, the accompanying ‘Schedule’ and the grant agreement remain in force from </w:t>
       </w:r>
       <w:r w:rsidRPr="006346A6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>“insert start date to insert end date”</w:t>
       </w:r>
       <w:r w:rsidRPr="0065140C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless otherwise terminated by either Party for any reason. We will review the terms and conditions, the ‘Schedule’ and agreement as necessary during biannual progress review meetings and any amendment to this agreement shall be made in writing and signed by authorised representatives of the Parties. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A38C333" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="363ED682" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="540"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EA56626" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="0065140C" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="23B81AA3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="0065140C" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>22.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0065140C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All annexes of this agreement form a part of the whole agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4CABDA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
-[...17 lines deleted...]
-    <w:p w14:paraId="315983DB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="68E297C9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E5D92D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27C9876A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000775A3">
         <w:t>Signed Agreement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52244518" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="000775A3" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="795CAED8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="000775A3" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8789" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="5812"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="2352E107" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="3B4F8495" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
           </w:tcPr>
-          <w:p w14:paraId="547B9012" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="000775A3" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="73AC7D4A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="000775A3" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000775A3">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Signed for and on behalf of </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Public Health Wales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="3D3969C4" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="378944D2" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8F7EE4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="749E15FA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4503D741" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6FBE0D75" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F65BE11" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6917223C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="390A1199" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="744BBFB0" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9B6B01" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2821EAC8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B64E74C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3838C0DD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="2FD75001" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="52FF5893" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5251DCE5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1905C83D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29940D84" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="0DDF8509" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="02B47C72" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="4B42AA57" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7225020A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="28F5E2FC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10CC2502" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7C11A061" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="08B7270A" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="6CD7FF21" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6116D629" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="578DA43F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4422DE4E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6FE2DA27" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="313F228C" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="45BEA8CF" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC"/>
           </w:tcPr>
-          <w:p w14:paraId="75614FCB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="356383A9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00566171">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Signed for and on behalf of </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00566171">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>xxxxxxxxxxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="1BA50A00" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="1D92BEA2" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E1D1BD1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3E5EF2CD" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DC0FB4B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5B958800" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7521F9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="128F4690" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="512FE0CD" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="5ABB9078" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="257D72D9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="21A808CC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58ABC84C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="46663993" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="0CAC2247" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="685D7B32" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34D00678" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="68A24427" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B94F5F2" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="341D6FF9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="0DA656E7" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="632F4868" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42ABBDB5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="654C21E6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002344C5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5199A045" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00566171" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="34BD749C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00566171" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002344C5" w14:paraId="20B3205B" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002344C5" w14:paraId="04F90059" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41609B9B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="27F99F6A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323E7249" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002344C5" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2E6572FC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002344C5" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12ED01A0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5F8EFECB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2964244E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="008D76B3" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0BD18EE3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="008D76B3" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00DE1CA3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex A: The Programme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1CA3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(please complete sections 1-3 as necessary)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D17B43" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0163457A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C727249" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="004E5B33" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="586D16D6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004E5B33" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5B33">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aims and objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D973629" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="004E5B33" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6C11EE73" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004E5B33" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D0592FF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00B546CC" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="06F5ADDD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00B546CC" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E4FAC7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00FB42FD" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1A1BA2F9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00FB42FD" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB42FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB42FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Activities a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nd deliverables</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6075A2B2" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3147D9F6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BEF70FD" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00FB42FD" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="2C81925A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00FB42FD" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB42FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB42FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Outputs</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB42FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCE6A15" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00B546CC" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="01D85453" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00B546CC" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48C88F1B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00DE1CA3" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6327AE85" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00DE1CA3" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5126D2BA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="045F1145" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="596F1431" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4E262C3A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="156687DA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="297B94B3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197666D4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="05045286" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E538211" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="11DE9AB3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14B1C914" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="23E18B76" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="037BC455" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1EAFFDD1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E27AFF8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="60A90D7F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="139694B0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5077A16B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12D2E461" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="18786F5F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9018CE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5F555FC2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16148030" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="694783EB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B8673C0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="779CC488" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60135D12" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="542C8067" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61E670F3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4A46D7F1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60880C51" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1AD7214E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E4D6ACC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4A255E44" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B06F91D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="169E21A2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="358FA1AE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4B7D0FE7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623A6960" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="17D7F8C5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75E9678E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="536F6DF7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1636B111" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="74DA72BF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B33A407" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7B70F74E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17288BFE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="37CC5729" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="098F54E3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3538820F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AB83220" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="53E23BD6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6767CF2A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="004C4FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="291E5809" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="004C4FCF" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1CA3">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex B: Payment Schedule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14835A6C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0C241C34" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="FrutigerLTStd-Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E30A4C0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="007F2F54" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="605A9C94" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="007F2F54" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B2D001C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0F35C19F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F2F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Payment schedule</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="086A3261" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="007F2F54" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1C519ACD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="007F2F54" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4443"/>
         <w:gridCol w:w="4085"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="00A308FF" w14:paraId="6B01A183" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="00A308FF" w14:paraId="46CC9F3F" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1B5E9F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="01AC5A22" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E3D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Quarter and Payment Due</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E09DA1E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4C0A6B8B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E3D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Invoice deadline </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="00522B63" w14:paraId="420496AD" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="00522B63" w14:paraId="5F290B2C" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="389E1F05" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="33060602" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E3D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarter 1  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2518C32F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="09215791" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="00522B63" w14:paraId="45CA0265" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="00522B63" w14:paraId="795256D5" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="451531F4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="449E8B59" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E3D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarter 2  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="592A45F1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1154B28C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="00522B63" w14:paraId="1C407569" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="00522B63" w14:paraId="1EBDA0F8" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71CAC058" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="66DA2F80" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E3D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarter 3  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A41E024" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="005E3D6B" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5B5D20BC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="005E3D6B" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FE4F6B0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="007F2F54" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6BD5074F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="007F2F54" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DD8AAF5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="66864AE6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F2F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Invoices should be sent to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C235DEF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="48F4344B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33D76700" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003A337B" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5B86F9CF" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003A337B" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69974849" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="642A6EDC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BBCF7D3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4AEBE701" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B7C5BA7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5709FF95" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD4F533" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="359ED863" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10CF9613" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="29E01EF7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06BD03CA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1610AAC5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C47084B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="18741485" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C15E9A7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3843FAB3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FB1A5A7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="22F56A57" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D2CC66A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3BFD3FC2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39C4CD0A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7D83B922" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DFACE46" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="41624E61" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29C844DF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7365B0FB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0306F901" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1F4393E8" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D8B549C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7E8DF588" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2539B5D3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="271162D6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32011F45" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="61096C1B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="701955B5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="418522C6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F9F113" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="2B93CD0A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DA2242C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="602DBA91" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20525D4A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="555B46E2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12D1A74B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="29BB2FC2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="100B9FB2" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0D23EF49" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28FA3307" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="369F73C6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21845256" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1E294BDF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C5768F5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="315074CB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7062764A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="769D4DDC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C60D552" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0BC0E105" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E45592" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0185261B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47B3B760" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6C139081" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="548EC919" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="459B95A2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04C59B27" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7CC83519" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="1980" w:hanging="1980"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Appendix 3:</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Trust Grant Payment Authorisation form </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BDDDD31" w14:textId="46BE6CAD" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="27AA0AB4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="064807F5" wp14:editId="3F17A699">
-            <wp:extent cx="3124200" cy="730250"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64475187" wp14:editId="747AE421">
+            <wp:extent cx="3124200" cy="733425"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="19325863" name="Picture 1"/>
+            <wp:docPr id="5" name="Picture 1" descr="A white background with blue and yellow text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="5" name="Picture 1" descr="A white background with blue and yellow text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3124200" cy="730250"/>
+                      <a:ext cx="3124200" cy="733425"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="797B7937" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4169505D" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E619B6" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="003CE9BD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66750FCA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3BDFA4FE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>GRANT PAYMENT AUTHORISATION FORM  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EBACD3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0DC979FF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="green"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7351D877" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0559E5B6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This form is to be completed for all payments made by Public Health Wales which are classified as </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>grant payments</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> where an official order is not generated through the Oracle system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25EA47D1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="64CE21D3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27D1D6B3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="52F48A05" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A grant can be made by Public Health Wales to a third sector body, a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2222,183 +17296,183 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> institution, Welsh Local Authority or a Welsh </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>LHB</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Trust in one or more of the following circumstances (please tick the relevant box(es) below):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3826463A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0A5FD103" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F60F790" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="18E228D9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The service required is difficult to specify and is currently being met</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by a third sector or government organisation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360616A5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3745CE9F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It is not possible to establish an enforceable contractual arrangement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(i.e. under contract law)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229F8EC9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0C146FAC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funding may be withdrawn and there is little scope for the recipient to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">appeal the decision </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E357C80" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="070CDF06" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The funding is a </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
@@ -2462,179 +17536,179 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F61F47" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="13D48BE0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Funding is provided for development or strategic purposes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311ACC66" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5C06C7AC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:right="-96"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Innovative or experimental services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C202438" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0B26ED46" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="281A56E8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6F695D76" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>A PAYMENT SHOULD NOT BE CLASSIFIED AS A GRANT PAYMENT TO AVOID COMPETITION WHERE IT IS APPROPRIATE FOR A FORMAL PROCUREMENT TO BE UNDERTAKEN</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1584BEC0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="38335933" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209695A2" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="24F1D192" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ALL GRANTS MUST BE MADE IN COMPLIANCE WITH THE “GUIDANCE FOR GRANT FUNDING” WITHIN THE TRUST STANDING FINANCIAL INSTRUCTIONS (Section 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
@@ -2648,1019 +17722,1019 @@
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF71F13" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6C0191EC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626FF0B8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1347FA4E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>All grants made by Public Health Wales need to have specific, robust and practicable terms and conditions, which: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B72B45B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4B5A47A5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7E0E60" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="617B5F74" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">are available on a timely </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>basis;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FA7AE0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5509CF2A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">have clear aims and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>objectives;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3448C2E9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="745D58EB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">provide clear </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>definitions;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="666A2ED2" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3C292755" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>have clearly defined roles and responsibilities; and  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="129327C0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="11D6BA61" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>include any sanctions to be applied in the event of non-compliance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3268B516" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="75B8CE30" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6EF8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F7D9A4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00A62C52" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4DCAF50F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="00A62C52" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A62C52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Authorisation for PHW Directorates</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62C52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, please note: All Fields are Mandatory – any missing information will result in the form being returned</w:t>
       </w:r>
       <w:r w:rsidRPr="00A62C52">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406561D0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7E281065" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2824"/>
         <w:gridCol w:w="6390"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="4978C1D1" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="31A1398F" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="0C663E82" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6209EBA0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SECTION A – TO BE COMPLETED BY BUDGET HOLDER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="55A61CBD" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="5774E2BD" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38B0386E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1129F406" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>DETAILS OF THE GRANT PAYMENT / WHY THIS IS A GRANT PAYMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B71B511" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="11835230" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="343C369A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="75F4C444" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05077B3B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4A1A53D2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0B0F2C47" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6F0E8783" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="602248DA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1B719FD5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E51C1B8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="710D6FF0" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4181603F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2B8C47EB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B5637C4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3FAFD46B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="6D6F94EB" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="720B4CB9" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A963E3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3A2B4CA5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>BODY TO WHICH GRANT WILL BE MADE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D69E483" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2A282392" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="427068C1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="60E95268" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="49BBE5FB" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="338A437E" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CB0EF48" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="368B5975" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>AMOUNT OF GRANT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AD89D5B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1AF3A7E9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4319A42B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="107D5749" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="64076936" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="289CD006" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4872984A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5A4C068C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>FINANCIAL YEAR(S) THE GRANT RELATES TO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F491B02" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="31A41788" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="629E0A8B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7F277ABE" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="06EF009A" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="1A2AFA9A" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5C19FB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="22E5398B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>COST CENTRE FOR EXPENDITURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675D7218" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4EDD4849" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="5CA1F2F4" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="0377E833" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="19F6CD6B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7DDCB6DD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C334190" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="17604315" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>I can confirm that terms and conditions have been prepared and will be issued to the receiving party and that the grant will be managed in accordance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> with the Trust </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>SFIs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> (section 13</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4566F3EC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="62FA4DC6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19A890EF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003070C9" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="37869A45" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003070C9" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>REQUEST SUBMITTED BY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72CCDF63" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="41D90DC7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A2CC81" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3EF2546C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="588C4E4C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="719D97DC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="19A4A6DC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="45D7D0F4" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="2F326F47" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="0EA89D01" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BF25AD9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2A13B1EA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPROVAL BY DIVISIONAL DIRECTOR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>/HEAD OF SERVICE</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B94195D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="509D1920" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B9DD927" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="35D9C687" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21A09B3D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7EA20414" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2970468F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="288367B5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="534F95CB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="542E48B8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="1AD53CCB" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="04B123BB" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CE3CB2A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="759BE0E3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPROVAL BY EXECUTIVE DIRECTOR (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>up to</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
@@ -3672,147 +18746,147 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>0K</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09F5D1F8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="780F6723" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3684C40D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="01F4A188" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E61FFF7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="20E57C9B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30A56705" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1EEA0182" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="546DFECF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="12488F60" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="56A8B9EB" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="2AE67CCC" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0189F950" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1AB465D9" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPROVAL BY CHIEF EXECUTIVE (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>up to</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
@@ -3824,260 +18898,260 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>0K</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="252E2311" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="15B3F00E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="76041512" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="330D01BC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15A94D57" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="15084910" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B08ACCB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="79E7B464" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36D9A557" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="49004867" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="42EB1716" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="46FAE6DB" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21F158DF" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="674E6EBB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="1A79CD25" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="5409E268" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE18A0C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2277411E" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SECTION B – TO BE COMPLETED BY DOF / DEPUTY DOF</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="643DD306" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="73BB3072" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DBFD5AA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="1A3F86B3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5374B0B3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="121F4F7B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">REQUEST APPROVED / NOT APPROVED </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EABA9FB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5638DBFA" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AA4CBB0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5E5BEBCC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F27000B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="0771D31F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16398F6C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="34BCEFDB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
@@ -4085,1534 +19159,1522 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">           DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="393FEB97" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4F4A62C0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32D57ED9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6F3E774D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">This form should be used for authorisation of invoice payment.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4370135D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4A73C8C5" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DO NOT</w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> raise a PO for the payment of this grant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA3AA08" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="56EA1AE3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ABEC72D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6E1650D3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13EBF420" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6927B11A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E011CE1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="32C2156D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BBDD8D9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5ABCCE6A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D34F95C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="18478DDB" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="244F3A6E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0C19B9C4" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E81591E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="51F85850" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13448E7F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3F60D32C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="481B5343" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="00921E39" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B5602DC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="009E1F04" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0DB8A3BE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4D1899AC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F6E6020" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="43CC29D2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="486A9CFE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0A6D2FB7" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D158F5F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="19CC2B77" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F29F3D8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="48AC3F9C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="077C987D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1311132D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51F29FFE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="11194E1D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63F0B008" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="12D65AD2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="239E1E2A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4466EB2D" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03F80362" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3B5902BA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CA67D13" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="60CA6A31" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A191DC3" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5058C4B9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3097B634" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="787FCEC3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4735C62D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5A2BFBB6" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75008BA7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="64644C1B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30FA87AB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="76C8A396" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16338AA8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="0A38B465" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="525B1936" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3C6D46C1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0BE2FFB7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="47403F91" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E78D3D1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="06D37545" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C62C594" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="79469880" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="144291A4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="24556ECC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58D9F002" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7C884B2B" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BD955BE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="13B8A044" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BBB2BC6" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="2CE91D0E" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768B04EC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="060C7F73" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E48C234" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="28821EB1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="584F1117" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="22E043D2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C4F9524" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="109688C3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44197499" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7A096087" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F9AE86D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="54C90404" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D36515" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="3EABF9BA" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CD9950C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="66981A1A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1237AC9A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="742E46DC" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CE54F1B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="2E6169F2" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0418C3BC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="6A2A44D9" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4519BFC4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="72A03429" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07DE8C16" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="06FE085A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FB0DF36" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="5A93171F" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F7015CD" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="57EAE377" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF53C6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Authorisation for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
-        <w:t>NHS Executive</w:t>
+        <w:t xml:space="preserve">NHS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084576E">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Segoe UI"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Wales Performance &amp; Improvement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
         <w:t>, please note: All Fields are Mandatory – any missing information will result in the form being returned.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0124A0" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="692538F3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="-459" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2824"/>
         <w:gridCol w:w="6390"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="3E6ED41E" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="1FD8F775" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="28E6EF15" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5406B19F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SECTION A – TO BE COMPLETED BY BUDGET HOLDER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="5BC7995C" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="28C7EE95" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCC546C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6199FD0C" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>DETAILS OF THE GRANT PAYMENT / WHY THIS IS A GRANT PAYMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05CF7EB1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6B8DA261" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="043BFC69" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="339B4818" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C4EECCA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="67298713" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4ADEAE0A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3F2FD33F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="47892C31" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="4BAF280D" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13535590" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="191883AD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>BODY TO WHICH GRANT WILL BE MADE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F062171" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5C804A81" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293DEBBB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="40B71BB8" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="1F9474B5" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="582B06E4" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="747123AC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="19A05C22" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>AMOUNT OF GRANT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33726F74" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="37FB3CEC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="482A7342" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3C5D08E5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="7B02C016" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="2F3019E9" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4E1368" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="05B44088" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>FINANCIAL YEAR(S) THE GRANT RELATES TO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="574B337A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6F1C63DD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="1B656F73" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="04119ECA" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="338FF3FE" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="635EC69A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>COST CENTRE FOR EXPENDITURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3490359C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="45F5DC4F" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="44327470" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="635423D4" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1D715716" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="330567ED" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2026A556" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7170BFF1" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>REQUEST SUBMITTED BY (PRINT NAME):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05A18C84" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="0D808062" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2198673E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="15C9DE96" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>I can confirm that terms and conditions have been prepared and will be issued to the receiving party and that the grant will be managed in accordance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> with the Trust </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>SFIs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> (section 13</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EBD6D58" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7C6CCFB2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7418AF2B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7568CA22" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7204FB88" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="501F7EE6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="12C7D325" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="7EB864EC" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EA9B30B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2DEF79E6" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">APPROVAL BY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">HEAD OF FUNCTION/SERVICE </w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>Up to Delegated Level</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F469C57" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="57242606" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42E88C4C" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="20D39A3C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E5B1F84" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="70D0B268" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38D4F7F9" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="11592BFB" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D39F062" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="24F8FAC0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="6A0CF34C" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="30C01499" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16FBE95E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="0304B563" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPROVAL BY DIRECTOR (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>up to £</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>0K</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="59347418" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="66AF4FFC" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C56985B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6E9C5927" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="311FBA85" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="7F151F81" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29434387" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="68669F42" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14826943" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="43F88982" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="69FBA272" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="7BC54069" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DDEA126" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="53E2F94A" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">APPROVAL BY </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0084576E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
-              <w:t>NHS EXECUTIVE RESPONSIBLE OFFICER</w:t>
-[...13 lines deleted...]
-              <w:t>up to £</w:t>
+              <w:t>NHS WALES PERFORMANCE &amp; IMPROVEMENT MANAGING DIRECTOR (up to £</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="0084576E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
-              <w:t>100</w:t>
-[...6 lines deleted...]
-              <w:t>K</w:t>
+              <w:t>100K</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30D8EFEB" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="45825F34" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0D78DE4B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="358B2722" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70F4A781" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="366903A4" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="74CAEBE8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="75BD7E92" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C920CA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="01AD98A2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="1249FEC9" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="48373C45" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="1059"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7593F109" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="5944F9E0" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPROVAL BY CHIEF EXECUTIVE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
@@ -5638,318 +20700,317 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>500</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4792EF9D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4632EF59" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6AFF31EC" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2B151588" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B2B2D68" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="62E7C0F8" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2279E698" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6FE2DDA1" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="399019B4" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="6D5D6D23" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6836E8FA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="3430B71A" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D94AFD1" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="4BED1CC3" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C29951A" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="62754725" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="51DAA46E" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="2188CBEA" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BC00DB5" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="0A0FF724" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="5DD0D0E1" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="5B564C84" w14:textId="77777777" w:rsidTr="00B01774">
         <w:trPr>
           <w:trHeight w:val="263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE2FB55" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="18038D74" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">SECTION B – TO BE COMPLETED BY </w:t>
+              <w:t xml:space="preserve">SECTION B – TO BE COMPLETED </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="0084576E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
-              <w:t>NHS EXECUTIVE RESPONSIBLE OFFICER</w:t>
+              <w:t>BY NHS WALES PERFORMANCE &amp; IMPROVEMENT MANAGING DIRECTOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w14:paraId="00802340" w14:textId="77777777" w:rsidTr="00F45B1E">
+      <w:tr w:rsidR="00700753" w:rsidRPr="002B2E99" w14:paraId="61907898" w14:textId="77777777" w:rsidTr="00B01774">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9214" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EEA423F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="18C258B2" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">REQUEST APPROVED / NOT APPROVED </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BFC440D" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="72D157FD" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47CB8668" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="64296F02" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>SIGNED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65F01BF8" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="2494815C" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="476DF147" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="703373E5" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:t>PRINTED:</w:t>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
@@ -5957,253 +21018,268 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="002B2E99">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">           DATE:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FCE181E" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00F45B1E">
+          <w:p w14:paraId="00F2115B" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00B01774">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4ED4F463" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="002B2E99" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
-[...7 lines deleted...]
-    <w:p w14:paraId="5AB06543" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7E6F4352" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="002B2E99" w:rsidRDefault="00700753" w:rsidP="00700753">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D769FDF" w14:textId="77777777" w:rsidR="00700753" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">This form should be used for authorisation of invoice payment.  Please </w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DO NOT</w:t>
       </w:r>
       <w:r w:rsidRPr="002B2E99">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> raise a PO for the payment of this grant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C29A4D7" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="003D6EF8" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="1ADFE3E3" w14:textId="77777777" w:rsidR="00700753" w:rsidRPr="003D6EF8" w:rsidRDefault="00700753" w:rsidP="00700753">
       <w:pPr>
         <w:ind w:left="-285"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20280241" w14:textId="77777777" w:rsidR="001D7F57" w:rsidRDefault="001D7F57"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:p w14:paraId="07009F13" w14:textId="77777777" w:rsidR="00D677CD" w:rsidRPr="000124D3" w:rsidRDefault="00D677CD" w:rsidP="000124D3"/>
+    <w:sectPr w:rsidR="00D677CD" w:rsidRPr="000124D3" w:rsidSect="00E12FCF">
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1440" w:left="1797" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5161791F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="2ED4C472" w14:textId="77777777" w:rsidR="00FD5AED" w:rsidRDefault="00FD5AED" w:rsidP="00E12FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="717EB165" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="776134C4" w14:textId="77777777" w:rsidR="00FD5AED" w:rsidRDefault="00FD5AED" w:rsidP="00E12FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="FrutigerLTStd-Light">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerLTStd-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="FrutigerLTStd-Light">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Ubuntu">
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24A59C5B" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="005B564C">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="005B564C">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="005B564C">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
@@ -6259,51 +21335,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="005B564C">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="006C1725" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRPr="00561D4E" w:rsidRDefault="00E12FCF" w:rsidP="00561D4E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6F5C6F5F" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00AE316E">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00AE316E">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AE316E">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
@@ -6359,70 +21435,70 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00AE316E">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="48298380" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A4A4DFA" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="7E6F72EE" w14:textId="77777777" w:rsidR="00FD5AED" w:rsidRDefault="00FD5AED" w:rsidP="00E12FCF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BB61391" w14:textId="77777777" w:rsidR="00E12FCF" w:rsidRDefault="00E12FCF" w:rsidP="00E12FCF">
+    <w:p w14:paraId="4C9B7375" w14:textId="77777777" w:rsidR="00FD5AED" w:rsidRDefault="00FD5AED" w:rsidP="00E12FCF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F929422" w14:textId="77777777" w:rsidR="00917449" w:rsidRPr="002E6BFB" w:rsidRDefault="00E12FCF" w:rsidP="00917449">
     <w:pPr>
       <w:pStyle w:val="paragraph"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:jc w:val="center"/>
       <w:textAlignment w:val="baseline"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E12FCF">
       <w:rPr>
         <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>PHW-</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00E12FCF">
       <w:rPr>
         <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu"/>
         <w:b/>
@@ -6472,51 +21548,51 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E12FCF">
       <w:rPr>
         <w:rStyle w:val="eop"/>
         <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="eop"/>
         <w:rFonts w:ascii="Ubuntu" w:hAnsi="Ubuntu" w:cs="Segoe UI"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve">Appendix – Forms </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="126C6BA9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0428BB90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="17"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:hanging="720"/>
       </w:pPr>
@@ -6595,50 +21671,275 @@
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4140" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="2520"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A2544F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2698D7F2"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0B5ABACC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C802001"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0DF25412"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1713" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2433" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3153" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3873" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4593" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5313" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6033" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6753" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7473" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D5D33E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CD2F0E4"/>
     <w:lvl w:ilvl="0" w:tplc="E8800592">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6683,51 +21984,892 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33724C2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2E663BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F2E0725"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="251AB27E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="41A212F4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FA6EFE42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Para1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="para4"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="para5"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43112B39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D90E80E4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59AE3EEF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C600EE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="para2"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="640901DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="59CC414E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="17"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68920354"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4F0CE36"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A1906C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AE26322"/>
     <w:lvl w:ilvl="0" w:tplc="97B09FF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6798,51 +22940,400 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7002441B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2209046"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73170E77"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FCFE5594"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1980" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4140" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="771777AD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="019C28B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="1Parties"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Scha"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79BF62BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E960034"/>
     <w:lvl w:ilvl="0" w:tplc="AC72FE5E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6912,301 +23403,392 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1547180638">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2132892472">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1962954068">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1222212225">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2019385542">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="753670614">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1050424132">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1982730590">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1895388614">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1222862503">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1397360657">
     <w:abstractNumId w:val="1"/>
   </w:num>
+  <w:num w:numId="12" w16cid:durableId="788863953">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1437171058">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1633173245">
+    <w:abstractNumId w:val="6"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="570190290">
+    <w:abstractNumId w:val="8"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1681001302">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E12FCF"/>
+    <w:rsid w:val="000124D3"/>
     <w:rsid w:val="001D7F57"/>
     <w:rsid w:val="00314FAF"/>
+    <w:rsid w:val="003D6B4F"/>
     <w:rsid w:val="00461652"/>
     <w:rsid w:val="00530BB5"/>
     <w:rsid w:val="0056477B"/>
+    <w:rsid w:val="00700753"/>
     <w:rsid w:val="007E0B69"/>
+    <w:rsid w:val="00852BA5"/>
     <w:rsid w:val="00917449"/>
+    <w:rsid w:val="00940A08"/>
+    <w:rsid w:val="00A32A1F"/>
     <w:rsid w:val="00AA5AF8"/>
     <w:rsid w:val="00C26DCD"/>
+    <w:rsid w:val="00D677CD"/>
     <w:rsid w:val="00DF22A8"/>
     <w:rsid w:val="00E12FCF"/>
     <w:rsid w:val="00F251A7"/>
+    <w:rsid w:val="00FD5AED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6BD8FB2E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C7B720BB-ED9B-4285-833B-9005252A490D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -7426,73 +24008,71 @@
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -7515,52 +24095,50 @@
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
@@ -7640,64 +24218,62 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00E12FCF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E12FCF"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
-    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E12FCF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00E12FCF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
@@ -7963,109 +24539,517 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E12FCF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00E12FCF"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E12FCF"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00E12FCF"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1Parties">
+    <w:name w:val="(1) Parties"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00852BA5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1stIntroHeadings">
+    <w:name w:val="1stIntroHeadings"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00852BA5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:smallCaps/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Scha">
+    <w:name w:val="Sch a)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00852BA5"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:spacing w:line="300" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalSpaced">
+    <w:name w:val="NormalSpaced"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00852BA5"/>
+    <w:pPr>
+      <w:spacing w:after="240" w:line="300" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabchar">
+    <w:name w:val="tabchar"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="outlineelement">
+    <w:name w:val="outlineelement"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="textrun">
+    <w:name w:val="textrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tabrun">
+    <w:name w:val="tabrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="tableaderchars">
+    <w:name w:val="tableaderchars"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="pagebreakblob">
+    <w:name w:val="pagebreakblob"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="pagebreaktextspan">
+    <w:name w:val="pagebreaktextspan"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="pagebreakborderspan">
+    <w:name w:val="pagebreakborderspan"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="wacimagecontainer">
+    <w:name w:val="wacimagecontainer"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scxw123614070">
+    <w:name w:val="scxw123614070"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="linebreakblob">
+    <w:name w:val="linebreakblob"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="wacimageborder">
+    <w:name w:val="wacimageborder"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00700753"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00700753"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Para1">
+    <w:name w:val="Para1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:spacing w:before="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="para2">
+    <w:name w:val="para2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="para4">
+    <w:name w:val="para4"/>
+    <w:basedOn w:val="para2"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="14"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="para5">
+    <w:name w:val="para5"/>
+    <w:basedOn w:val="para2"/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="14"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00700753"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -8319,59 +25303,344 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Notes xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc" xsi:nil="true"/>
+    <Status xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc">Final</Status>
+    <DocumentType xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc">Approved Policy/Procedure</DocumentType>
+    <RetentionDate xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc">Always</RetentionDate>
+    <Year xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc" xsi:nil="true"/>
+    <PolicyNumber xmlns="d8f53d8d-f473-4822-9139-bdcd9e7ffecc">PHW-STP13</PolicyNumber>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A1671356CB3177428795BCB7EC55A39D" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="02d690c4dd3db83516a7b4d2e86abc5c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d8f53d8d-f473-4822-9139-bdcd9e7ffecc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="56770b460e36802426cd4729fce4acdf" ns2:_="">
+    <xsd:import namespace="d8f53d8d-f473-4822-9139-bdcd9e7ffecc"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:PolicyNumber" minOccurs="0"/>
+                <xsd:element ref="ns2:DocumentType" minOccurs="0"/>
+                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:Year" minOccurs="0"/>
+                <xsd:element ref="ns2:RetentionDate" minOccurs="0"/>
+                <xsd:element ref="ns2:Notes" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d8f53d8d-f473-4822-9139-bdcd9e7ffecc" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="PolicyNumber" ma:index="8" nillable="true" ma:displayName="Policy Number" ma:description="Contains the Code showing the origin of the Policy (PHW or AW) and the identifying Policy number " ma:format="Dropdown" ma:internalName="PolicyNumber">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="DocumentType" ma:index="9" nillable="true" ma:displayName="Document Type" ma:format="Dropdown" ma:internalName="DocumentType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Approved Policy"/>
+          <xsd:enumeration value="Approved Procedure"/>
+          <xsd:enumeration value="EHIA"/>
+          <xsd:enumeration value="Attachment"/>
+          <xsd:enumeration value="Welsh Version"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Status" ma:index="10" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Draft"/>
+          <xsd:enumeration value="Final"/>
+          <xsd:enumeration value="Live"/>
+          <xsd:enumeration value="Archive"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Year" ma:index="11" nillable="true" ma:displayName="Year" ma:format="Dropdown" ma:internalName="Year">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="2025-26"/>
+          <xsd:enumeration value="2024-25"/>
+          <xsd:enumeration value="2023-24"/>
+          <xsd:enumeration value="2022-23"/>
+          <xsd:enumeration value="Pre 2022"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RetentionDate" ma:index="12" nillable="true" ma:displayName="Retention Date" ma:format="Dropdown" ma:internalName="RetentionDate">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Always"/>
+          <xsd:enumeration value="Working Draft"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Notes" ma:index="13" nillable="true" ma:displayName="Notes" ma:format="Dropdown" ma:internalName="Notes">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="15" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D32DE70-2DDD-4F7B-9EC6-4B35883A0A35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d8f53d8d-f473-4822-9139-bdcd9e7ffecc"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CD0FB34-7F3C-40BC-84E4-4E76DAFD6A0C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F3F996A-22A8-45B4-837E-448A713FE0C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d8f53d8d-f473-4822-9139-bdcd9e7ffecc"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>4354</Characters>
+  <Pages>27</Pages>
+  <Words>5622</Words>
+  <Characters>29235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>1169</Lines>
+  <Paragraphs>355</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Public Health Wales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5139</CharactersWithSpaces>
+  <CharactersWithSpaces>34502</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Reanne Reffell (Public Health Wales - No. 2 Capital Quarter)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100A1671356CB3177428795BCB7EC55A39D</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Restricted0">
+    <vt:lpwstr>No</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MeetingDate">
+    <vt:lpwstr>2024/2025</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Category">
+    <vt:lpwstr>Policy</vt:lpwstr>
+  </property>
+</Properties>
+</file>